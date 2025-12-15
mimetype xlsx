--- v0 (2025-10-12)
+++ v1 (2025-12-15)
@@ -1,1900 +1,1855 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
-  <workbookPr defaultThemeVersion="123820"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Data Pipeline Collections\Interchanges\Special Education IEP\2024-2025\Business Rules\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Data Pipeline Collections\Interchanges\Special Education IEP\2025-2026\Business Rules\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{58D4E6E6-BAB4-4944-8BD7-B13BB58A6FD1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{912E705B-1DB8-45D0-AE46-14AD7D2B1B28}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Page2" sheetId="1" r:id="rId1"/>
+    <sheet name="Business Rules" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <calcPr calcId="191028"/>
   <webPublishing codePage="1252"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="861" uniqueCount="508">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1027" uniqueCount="508">
   <si>
     <t>Colorado Department of Education</t>
   </si>
   <si>
     <t>Business Rules</t>
   </si>
   <si>
-    <t>School Year: 2024-25</t>
-[...7 lines deleted...]
-  <si>
     <t>Data Element Name</t>
   </si>
   <si>
-    <t>Error/Warning Code</t>
+    <t>Error/ Warning Code</t>
   </si>
   <si>
     <t>Error Type</t>
   </si>
   <si>
     <t>Message</t>
   </si>
   <si>
     <t>Rule Type Description</t>
   </si>
   <si>
+    <t>Status</t>
+  </si>
+  <si>
+    <t>Tier</t>
+  </si>
+  <si>
     <t>ADMIN_UNIT_CODE</t>
   </si>
   <si>
     <t>SE002</t>
   </si>
   <si>
     <t>Error</t>
   </si>
   <si>
-    <t>Admin Unit/SOP Code must be a valid number Admin Unit/SOP Code.</t>
-[...4 lines deleted...]
-  <si>
     <t>SE357</t>
   </si>
   <si>
-    <t>Organization/LEA code selected when uploading the file must equal the Admin Unit Code reported in the file</t>
-[...1 lines deleted...]
-  <si>
     <t>If the Key_LEA does not match the Admin Unit Code reported in the file for each record then an error is generated.</t>
   </si>
   <si>
     <t>BIRTH_DATE_STUDENT</t>
   </si>
   <si>
     <t>SE006</t>
   </si>
   <si>
     <t>Birth Date is required and must be a valid date in the MMDDYYYY format</t>
   </si>
   <si>
     <t>Birth Date must be a valid date in MMDDYYYY format.</t>
   </si>
   <si>
-    <t>SE359</t>
-[...545 lines deleted...]
-  <si>
     <t>FIRST_NAME_STUDENT</t>
   </si>
   <si>
     <t>SE013</t>
   </si>
   <si>
     <t>First name is required</t>
   </si>
   <si>
     <t>SE014</t>
   </si>
   <si>
-    <t>First Name valid characters are (a-z, A-Z, ' ', '-', '.', ''', '/').</t>
-[...3 lines deleted...]
-</t>
+    <t>First Name valid characters are (a-z, A-Z, 0-9, ' ', '-', '.', ''', '/').</t>
   </si>
   <si>
     <t>SE015</t>
   </si>
   <si>
-    <t>First Name may only contain one space between name parts (e.g. MARY ANN).</t>
-[...5 lines deleted...]
-  <si>
     <t>GENDER_STUDENT</t>
   </si>
   <si>
     <t>SE005</t>
   </si>
   <si>
     <t>Gender must be a valid code or zero filled.</t>
   </si>
   <si>
     <t>Gender must be a valid Gender code or zero filled.</t>
   </si>
   <si>
-    <t>IEP_IMPLEMENTATION_DELAY</t>
-[...10 lines deleted...]
-  <si>
     <t>LASID</t>
   </si>
   <si>
     <t>SE003</t>
   </si>
   <si>
     <t>LASID must contain only numbers, be 10 digits long and must be zero-filled if not used.</t>
   </si>
   <si>
     <t>SE004</t>
   </si>
   <si>
     <t>LASID is required and must be zero-filled if not used</t>
   </si>
   <si>
     <t>LASID must be zero-filled if not used.</t>
   </si>
   <si>
     <t>SE352</t>
   </si>
   <si>
-    <t>LASID cannot be duplicated within the Administrative Unit.</t>
-[...2 lines deleted...]
-    <t>If LASID is not zero-filled it must be unique per record per AU per year.</t>
+    <t>LASID cannot be duplicated within the Administrative Unit when SASID is zero-filled.</t>
+  </si>
+  <si>
+    <t>If LASID is not zero-filled it must be unique in the AU IF SASID is zero-filled. The LASID may duplicate as long as the SASID is unique.</t>
   </si>
   <si>
     <t>LAST_NAME_STUDENT</t>
   </si>
   <si>
     <t>SE010</t>
   </si>
   <si>
     <t>Last name is required</t>
   </si>
   <si>
     <t>SE011</t>
   </si>
   <si>
-    <t>Last Name valid characters are (a-z, A-Z, ' ', '-', '.', ''', '/').</t>
-[...1 lines deleted...]
-  <si>
     <t>Last name valid characters are (a-z, A-Z, ' ', '-', '.', ''', '/')</t>
   </si>
   <si>
     <t>SE012</t>
   </si>
   <si>
-    <t>Last Name may only contain one space between name parts (e.g. VAN DYKE).</t>
-[...352 lines deleted...]
-  <si>
     <t>SASID</t>
   </si>
   <si>
     <t>SE106</t>
   </si>
   <si>
     <t>SASID cannot be duplicated within the Administrative Unit.</t>
   </si>
   <si>
-    <t xml:space="preserve">SASID must be an unduplicated SASID within the submitting Administrative Unit unless it is zero-filled
-[...33 lines deleted...]
-  <si>
     <t>A valid SASID or LASID is required. Both cannot be zero-filled.</t>
   </si>
   <si>
     <t>If SASID is zero-filled then LASID cannot be zero-filled and if LASID is zero-filled then SASID cannot be zero-filled</t>
   </si>
   <si>
-    <t>SCHOOL_CODE</t>
-[...407 lines deleted...]
-    <t>State Code of Attendance must be a valid State code if not zero-filled.</t>
+    <t>Active</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Special Education IEP Interchange</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Last Updated: </t>
+      <t xml:space="preserve">Updated Date: </t>
     </r>
     <r>
       <rPr>
-        <sz val="10"/>
-[...1 lines deleted...]
-        <rFont val="Tahoma"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Trebuchet MS"/>
         <family val="2"/>
       </rPr>
-      <t>10/10/2024</t>
+      <t>10/20/2025</t>
     </r>
+  </si>
+  <si>
+    <t>File Type: Special Education Participation</t>
+  </si>
+  <si>
+    <t>Admin Unit/SOP Code must be a valid number Admin Unit/SOP Code.</t>
+  </si>
+  <si>
+    <t>Admin Unit/SOP Code is not a valid Admin Unit/SOP Code.</t>
+  </si>
+  <si>
+    <t>Organization/LEA code selected when uploading the file must equal the Admin Unit Code reported in the file</t>
+  </si>
+  <si>
+    <t>SE359</t>
+  </si>
+  <si>
+    <t>Student Birth Date cannot be blank</t>
+  </si>
+  <si>
+    <t>DATE_ELIGIBILITY_MEETING</t>
+  </si>
+  <si>
+    <t>SE041</t>
+  </si>
+  <si>
+    <t>Warning</t>
+  </si>
+  <si>
+    <t>Date of Initial Eligibility Meeting [Path 2] must be a valid date in MMDDYYYY format.</t>
+  </si>
+  <si>
+    <t>SE151</t>
+  </si>
+  <si>
+    <t>Date of Initial Eligibility Meeting [Path 2] must be &gt;= Date of Parental Consent [Path 2], unless zero-filled Date of Initial Eligibility Meeting</t>
+  </si>
+  <si>
+    <t>SE171</t>
+  </si>
+  <si>
+    <t>Date of Initial Eligibility Meeting [Path 2] must be &gt;= Date Evaluation Completed  [Path 2], unless zero-filled Date Initial Eligibility Meeting</t>
+  </si>
+  <si>
+    <t>SE367</t>
+  </si>
+  <si>
+    <t>Date Eligibility Meeting cannot be blank</t>
+  </si>
+  <si>
+    <t>DATE_ELIGIBLE_PART_C</t>
+  </si>
+  <si>
+    <t>SE052</t>
+  </si>
+  <si>
+    <t>Date Child is Found Eligible for Part C Services [Path 2] must be a valid date in MMDDYYYY format or zero-filled.</t>
+  </si>
+  <si>
+    <t>SE368</t>
+  </si>
+  <si>
+    <t>Date Eligible Part C cannot be blank</t>
+  </si>
+  <si>
+    <t>DATE_ELIG_MEETING_PART_B</t>
+  </si>
+  <si>
+    <t>SE059</t>
+  </si>
+  <si>
+    <t>Date of Initial Eligibility Meeting [Path 3] must be a valid date in MMDDYYYY format if not zero filled.</t>
+  </si>
+  <si>
+    <t>Date of Initial Eligibility Meeting [Path 3] must be a valid date in MMDDYYYY format</t>
+  </si>
+  <si>
+    <t>SE199</t>
+  </si>
+  <si>
+    <t>Date of Initial Eligibility Meeting [Path 3] must be &gt;= Date Evaluation Completed [Path 3]</t>
+  </si>
+  <si>
+    <t>Date of Initial Eligibility Meeting [Path 3] must be &gt;= the Date Evaluation was Completed [Path 3].</t>
+  </si>
+  <si>
+    <t>SE366</t>
+  </si>
+  <si>
+    <t>Date Eligibility Meeting Part B cannot be blank</t>
+  </si>
+  <si>
+    <t>Date Eligiblity Meeting Part B cannot be blank</t>
+  </si>
+  <si>
+    <t>DATE_EVAL_COMPLETE_C_TO_B</t>
+  </si>
+  <si>
+    <t>SE049</t>
+  </si>
+  <si>
+    <t>Date Evaluation Completed [Path 2] must be a valid date in MMDDYYYY format or zero-filled.</t>
+  </si>
+  <si>
+    <t>SE173</t>
+  </si>
+  <si>
+    <t>Date Evaluation Completed [Path 2] must be &gt;= Date of Parental Consent to Evaluate [Path 2]</t>
+  </si>
+  <si>
+    <t>SE369</t>
+  </si>
+  <si>
+    <t>Date evaluation complete C to B cannot be blank</t>
+  </si>
+  <si>
+    <t>DATE_EVAL_COMPLETE_PART_B</t>
+  </si>
+  <si>
+    <t>SE056</t>
+  </si>
+  <si>
+    <t>Date Evaluation Completed [Path 3] must be a valid date in MMDDYYYY format if not zero filled.</t>
+  </si>
+  <si>
+    <t>Date Evaluation Completed [Path 3] must be a valid date in MMDDYYYY format</t>
+  </si>
+  <si>
+    <t>SE190</t>
+  </si>
+  <si>
+    <t>Date Evaluation Completed [Path 3] must be &gt;= Date of Parental Consent to Evaluate [Path 3]</t>
+  </si>
+  <si>
+    <t>SE370</t>
+  </si>
+  <si>
+    <t>Date Evaluation Completed Part B cannot be blank</t>
+  </si>
+  <si>
+    <t>DATE_IEP_FINALIZED</t>
+  </si>
+  <si>
+    <t>SE061</t>
+  </si>
+  <si>
+    <t>Date Initial IEP was Finalized [Path 3] must be a valid date in MMDDYYYY format</t>
+  </si>
+  <si>
+    <t>SE200</t>
+  </si>
+  <si>
+    <t>Date Initial IEP was Finalized [Path 3] must be &gt;= Date of Initial Eligibility Meeting [Path 3] unless zero-filled</t>
+  </si>
+  <si>
+    <t>SE372</t>
+  </si>
+  <si>
+    <t>Date IEP finalized cannot be blank</t>
+  </si>
+  <si>
+    <t>DATE_IEP_IMPLEMENTED_C_TO_B</t>
+  </si>
+  <si>
+    <t>SE043</t>
+  </si>
+  <si>
+    <t>Date IEP was Implemented [Path 2] must be a valid date in MMDDYYYY format if not zero filled.</t>
+  </si>
+  <si>
+    <t>Date IEP was Implemented [Path 2] must be a valid date in MMDDYYYY format</t>
+  </si>
+  <si>
+    <t>SE154</t>
+  </si>
+  <si>
+    <t>Date IEP was Implemented  [Path 2] must be &gt;= Date of Initial Eligibility Meeting [Path 2]  unless zero-filled Date IEP Implemented</t>
+  </si>
+  <si>
+    <t>Date IEP was Implemented [Path 2] must be &gt;= to the Date of Initial Eligibility Meeting [Path 2].</t>
+  </si>
+  <si>
+    <t>SE158</t>
+  </si>
+  <si>
+    <t>Date IEP was Implemented (Path 2)  must be &gt;= Date of Birth unless zero-filled Date IEP Implemented</t>
+  </si>
+  <si>
+    <t>Date IEP was Implemented (Path 2) must be &gt;= student?s Date of Birth.</t>
+  </si>
+  <si>
+    <t>SE373</t>
+  </si>
+  <si>
+    <t>Date IEP implemented C to B cannot be blank</t>
+  </si>
+  <si>
+    <t>DATE_IEP_IMPLEMENTED_PART_B</t>
+  </si>
+  <si>
+    <t>SE064</t>
+  </si>
+  <si>
+    <t>Date IEP was Implemented [Path 3] must be a valid date in MMDDYYYY format if not zero filled.</t>
+  </si>
+  <si>
+    <t>Date IEP was Implemented [Path 3] must be a valid date in MMDDYYYY format</t>
+  </si>
+  <si>
+    <t>SE203</t>
+  </si>
+  <si>
+    <t>Date IEP was Implemented [Path 3] must be &gt;= Date Initial IEP was Finalized [Path 3]  unless zero-filled</t>
+  </si>
+  <si>
+    <t>Date IEP was Implemented [Path 3] must be &gt;= Date Initial IEP was Finalized [Path 3]  unless zero-filled
+Date IEP Implemented</t>
+  </si>
+  <si>
+    <t>SE374</t>
+  </si>
+  <si>
+    <t>Date IEP implemented part B cannot be blank</t>
+  </si>
+  <si>
+    <t>DATE_PARENTAL_CONSENT_C_TO_B</t>
+  </si>
+  <si>
+    <t>SE040</t>
+  </si>
+  <si>
+    <t>Date of Parental Consent to Evaluate [Path2] must be a valid date in MMDDYYYY format if not zero filled.</t>
+  </si>
+  <si>
+    <t>Date of Parental Consent to Evaluate [Path2] must be a valid date in MMDDYYYY format</t>
+  </si>
+  <si>
+    <t>SE148</t>
+  </si>
+  <si>
+    <t>Date of Parental Consent to Evaluate [Path 2] must be &gt;= the Date of Referral to AU from Local CCB unless zero-filled Date of Parental Consent to Evaluate</t>
+  </si>
+  <si>
+    <t>Date of Parental Consent to Evaluate [Path 2] must be &gt;= the Date of Referral to AU from Local CCB unless zero-filled.</t>
+  </si>
+  <si>
+    <t>SE375</t>
+  </si>
+  <si>
+    <t>Date of parent consent for C to B cannot be blank</t>
+  </si>
+  <si>
+    <t>DATE_PARENTAL_CONSENT_PART_B</t>
+  </si>
+  <si>
+    <t>SE054</t>
+  </si>
+  <si>
+    <t>Date of Parental Consent [Path 3] must be a valid date in MMDDYYYY format if not zero filled.</t>
+  </si>
+  <si>
+    <t>Date of Parental Consent [Path 3] must be a valid date in MMDDYYYY format</t>
+  </si>
+  <si>
+    <t>SE188</t>
+  </si>
+  <si>
+    <t>Date of Parental Consent to Evaluate [Path 3] must be &gt; Date of Birth unless zero-filled Date of Parental Consent</t>
+  </si>
+  <si>
+    <t>SE376</t>
+  </si>
+  <si>
+    <t>Date of parent consent for part B cannot be blank</t>
+  </si>
+  <si>
+    <t>DATE_REFERRAL_ADMIN_UNIT</t>
+  </si>
+  <si>
+    <t>SE037</t>
+  </si>
+  <si>
+    <t>Date of Referral to AU from Local CCB [Path 2] must be a valid date in MMDDYYYY format</t>
+  </si>
+  <si>
+    <t>Date of Referral to AU from Local CCB [Path 2] must be a valid date in MMDDYYYY format.</t>
+  </si>
+  <si>
+    <t>SE147</t>
+  </si>
+  <si>
+    <t>Date of Referral to Administrative Unit [Path 2] must be &gt; Date of Birth unless zero-filled Date of Referral to AU</t>
+  </si>
+  <si>
+    <t>Date of Referral to Administrative Unit [Path 2] must be &gt; Date of Birth unless zero-filled.</t>
+  </si>
+  <si>
+    <t>DISTRICT_OF_ATTENDANCE</t>
+  </si>
+  <si>
+    <t>SE020</t>
+  </si>
+  <si>
+    <t>District Code of Attendance must be a valid district or BOCES code if not zero-filled.</t>
+  </si>
+  <si>
+    <t>SE116</t>
+  </si>
+  <si>
+    <t>Detention Center Code is not valid for the reported district of attendance..</t>
+  </si>
+  <si>
+    <t>If School Code is a valid Detention Center code, District of Attendance must be valid for the reported Detention Center.</t>
+  </si>
+  <si>
+    <t>SE121</t>
+  </si>
+  <si>
+    <t>Dist of Attendance must be zero-filled if: 1) School is an Approved Facility School; or 2) SpEd/Part C Referral = 01; or 3) School is a non-public or headstart school.</t>
+  </si>
+  <si>
+    <t>District of Attendance must be zero-filled if: 1) School Code is an Approved Facility School; or 2) Special Education/Part C Referral = 01; or 3) School code is a non-public or headstart school.</t>
+  </si>
+  <si>
+    <t>SE257</t>
+  </si>
+  <si>
+    <t>District Code of Attendance must be zero-filled if Parentally Placed in Private School is 02</t>
+  </si>
+  <si>
+    <t>District Code of Attendance must = 00 if Parentally Placed in Private School = 02</t>
+  </si>
+  <si>
+    <t>SE351</t>
+  </si>
+  <si>
+    <t>District of Attendance is required with the reported Pupil's Attendance Information Code (01,02,04,05,08,11,12,14,15,23,24,31)</t>
+  </si>
+  <si>
+    <t>EDUCATIONAL_ENVIRONMENT</t>
+  </si>
+  <si>
+    <t>SE097</t>
+  </si>
+  <si>
+    <t>Educational Environment must be a valid code.</t>
+  </si>
+  <si>
+    <t>Educational Environment does not contain a valid code.</t>
+  </si>
+  <si>
+    <t>SE289</t>
+  </si>
+  <si>
+    <t>Educational Environment 308 Private/Parochial Student on ISP is only valid with PAI Codes 14-17.</t>
+  </si>
+  <si>
+    <t>If Educational Environment = 308 then Pupil's Attendance Information must = 14-17</t>
+  </si>
+  <si>
+    <t>SE290</t>
+  </si>
+  <si>
+    <t>The reported Educational Environment is not valid for your State Operated Program. Please review the Allowable Educational Environments for Facilities table for allowable codes.</t>
+  </si>
+  <si>
+    <t>If admin unit code = 66050 then Educational Environment must = 205, 206, 304, 305 or 106</t>
+  </si>
+  <si>
+    <t>SE291</t>
+  </si>
+  <si>
+    <t>The reported Educational Environment is not valid for your State Operated Program.  Please review the Allowable Educational Environments for Facilities table for allowable code.</t>
+  </si>
+  <si>
+    <t>If admin unit code = 66070 or 66080 then Educational Environment must = 307 UNLESS Current Eligibility and Services = 04 or 00</t>
+  </si>
+  <si>
+    <t>SE298</t>
+  </si>
+  <si>
+    <t>The reported Educational Environment is not valid for your State Operated Program.</t>
+  </si>
+  <si>
+    <t>If admin unit code = 66060 then Educational Environment must = 206 or 306</t>
+  </si>
+  <si>
+    <t>SE316</t>
+  </si>
+  <si>
+    <t>Educational Environment must be zero-filled if Parentally Placed in Private School is 02.</t>
+  </si>
+  <si>
+    <t>SE320</t>
+  </si>
+  <si>
+    <t>If the School code = 6178 then the Educational Environment must be in 206 or 306.</t>
+  </si>
+  <si>
+    <t>If the School code = 6178 then the Educational Environment must be in 206 and 306.</t>
+  </si>
+  <si>
+    <t>SE321</t>
+  </si>
+  <si>
+    <t>If the School code = 1924 then the Educational Environment must be in 205, 206, 304 or 305.</t>
+  </si>
+  <si>
+    <t>EDUCATION_ORPHAN</t>
+  </si>
+  <si>
+    <t>SE098</t>
+  </si>
+  <si>
+    <t>Educational Orphan must be a valid code.</t>
+  </si>
+  <si>
+    <t>Educational Orphan does not contain a valid code</t>
+  </si>
+  <si>
+    <t>SE258</t>
+  </si>
+  <si>
+    <t>Educational Orphan must be zero-filled if Parentally Placed in Private School is 02</t>
+  </si>
+  <si>
+    <t>SE297</t>
+  </si>
+  <si>
+    <t>An educational orphan can only be reported by the Administrative Unit where the reported facility is located.</t>
+  </si>
+  <si>
+    <t>If educational orphan &lt;&gt; 00 then the facility code must be a member of the administrative unit</t>
+  </si>
+  <si>
+    <t>ELIGIBILITY_MEETING_DELAY</t>
+  </si>
+  <si>
+    <t>SE047</t>
+  </si>
+  <si>
+    <t>Reason for Delay in Initial Eligibility Meeting [Path 2] must be a valid code</t>
+  </si>
+  <si>
+    <t>Reason for Delay in Initial Eligibility Meeting [Path 2] must be a valid code.  Refer to the Data Elements and Definitions.</t>
+  </si>
+  <si>
+    <t>SE364</t>
+  </si>
+  <si>
+    <t>Eligibility meeting delay cannot be blank</t>
+  </si>
+  <si>
+    <t>ELIGIBILITY_SERVICES_PATH_2</t>
+  </si>
+  <si>
+    <t>SE069</t>
+  </si>
+  <si>
+    <t>Eligibility and Services [Path 2] must be a valid code if not zero filled</t>
+  </si>
+  <si>
+    <t>Eligibility and Services [Path 2] does not contain a valid code.</t>
+  </si>
+  <si>
+    <t>ELIGIBILITY_SERVICES_PATH_3</t>
+  </si>
+  <si>
+    <t>SE070</t>
+  </si>
+  <si>
+    <t>Eligibility and Services [Path 3] must be a valid code if not zero filled</t>
+  </si>
+  <si>
+    <t>Eligibility and Services [Path 3] does not contain a valid code.</t>
+  </si>
+  <si>
+    <t>SE363</t>
+  </si>
+  <si>
+    <t>Eligibility services path 3 cannot be blank</t>
+  </si>
+  <si>
+    <t>END_DATE_OF_SPED</t>
+  </si>
+  <si>
+    <t>SE079</t>
+  </si>
+  <si>
+    <t>Date of Exit From Special Education must be a valid date in MMDDYYYY format if not zero-filled</t>
+  </si>
+  <si>
+    <t>SE362</t>
+  </si>
+  <si>
+    <t>Date of Exit from special education cannot be blank</t>
+  </si>
+  <si>
+    <t>End date of special education cannot be blank</t>
+  </si>
+  <si>
+    <t>ENTRY_GRADE_LEVEL</t>
+  </si>
+  <si>
+    <t>SE008</t>
+  </si>
+  <si>
+    <t>Grade Level must be a valid code.</t>
+  </si>
+  <si>
+    <t>Grade Level must be a valid Grade Level code.</t>
+  </si>
+  <si>
+    <t>EVALULATION_DELAY_C_TO_B</t>
+  </si>
+  <si>
+    <t>SE051</t>
+  </si>
+  <si>
+    <t>Reason for Delay in Completing the Evaluation [Path 2] must be a valid code</t>
+  </si>
+  <si>
+    <t>Reason for Delay in Completing the Evaluation [Path 2] must be a valid code.  Refer to the Data Elements and Definitions.</t>
+  </si>
+  <si>
+    <t>EVALULATION_DELAY_PART_B</t>
+  </si>
+  <si>
+    <t>SE058</t>
+  </si>
+  <si>
+    <t>Reason for Delay in Completing the Evaluation [Path 3] must be a valid code</t>
+  </si>
+  <si>
+    <t>EXTENDED_YEAR_SERVICES</t>
+  </si>
+  <si>
+    <t>SE078</t>
+  </si>
+  <si>
+    <t>Extended School Year Services must be a valid code if not zero-filled</t>
+  </si>
+  <si>
+    <t>Extended School Year Services does not contain a valid code.</t>
+  </si>
+  <si>
+    <t>FINALIZE_IEP_DELAY</t>
+  </si>
+  <si>
+    <t>SE063</t>
+  </si>
+  <si>
+    <t>Reason for Delay in Finalizing the Initial IEP [Path 3] must be a valid code.  Refer to the Data Elements and Definitions.</t>
+  </si>
+  <si>
+    <t>SE361</t>
+  </si>
+  <si>
+    <t>Finalize IEP Delay cannot be blank</t>
+  </si>
+  <si>
+    <t xml:space="preserve">First Name valid characters are (a-z, A-Z, 0-9, ' ', '-', '.', ''', '/').
+</t>
+  </si>
+  <si>
+    <t>First Name may only contain one space between name parts (e.g. MARY ANN).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">First name may only contain one space between name parts
+</t>
+  </si>
+  <si>
+    <t>IEP_IMPLEMENTATION_DELAY</t>
+  </si>
+  <si>
+    <t>SE045</t>
+  </si>
+  <si>
+    <t>Reason for Delay in IEP Implementation [Path 2] must be a valid code</t>
+  </si>
+  <si>
+    <t>Reason for Delay in IEP Implementation [Path 2] must be a valid code.  Refer to the Data Elements and Definitions.</t>
+  </si>
+  <si>
+    <t>Last Name valid characters are (a-z, A-Z, ' ', '-', '.', ''', '/').</t>
+  </si>
+  <si>
+    <t>Last Name may only contain one space between name parts (e.g. VAN DYKE).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Last name may only contain one space between name parts
+</t>
+  </si>
+  <si>
+    <t>PARENTALLY_PLACED_PRIVATE</t>
+  </si>
+  <si>
+    <t>SE099</t>
+  </si>
+  <si>
+    <t>Parentally Placed In Private School must be a valid code.</t>
+  </si>
+  <si>
+    <t>Parentally Placed In Private School does not contain a valid code.</t>
+  </si>
+  <si>
+    <t>SE285</t>
+  </si>
+  <si>
+    <t>If Parentally Placed in Private School is 01 then Funding Status must be 54.</t>
+  </si>
+  <si>
+    <t>If Parentally Placed in Private School = 01 then Special Education Funding Status must = 54</t>
+  </si>
+  <si>
+    <t>SE299</t>
+  </si>
+  <si>
+    <t>Special Education Referral Type cannot be zero-filled unless Parentally Placed in Private School = 02.</t>
+  </si>
+  <si>
+    <t>Special Education Referral Type &lt;&gt; 00 unless Parentally Placed in Private School = 02.</t>
+  </si>
+  <si>
+    <t>PRIMARY_DISABILITY</t>
+  </si>
+  <si>
+    <t>SE071</t>
+  </si>
+  <si>
+    <t>Primary Disability Code must be a valid disability code</t>
+  </si>
+  <si>
+    <t>SE126</t>
+  </si>
+  <si>
+    <t>Students who are 9 or older as of 12/01 cannot be reported with primary disability type 11 - Developmental Delay- in the December Count Snapshot. A re evaluation may be needed.</t>
+  </si>
+  <si>
+    <t>If calculated age as of December 1 of the current school year is &gt;= 9 then trigger warning</t>
+  </si>
+  <si>
+    <t>SE237</t>
+  </si>
+  <si>
+    <t>If Basis of Exit is not 00, Disability must not be 00</t>
+  </si>
+  <si>
+    <t>If Basis of Exit is not zero-filled, Disability must be a valid code.  Please report the Student?s disability prior to exit from Special Education.</t>
+  </si>
+  <si>
+    <t>SE350</t>
+  </si>
+  <si>
+    <t>If a student is eligible for Special Education Primary Disability is required and cannot be zero-filled.</t>
+  </si>
+  <si>
+    <t>PUPIL_ATTENDANCE_INFO</t>
+  </si>
+  <si>
+    <t>SE094</t>
+  </si>
+  <si>
+    <t>Pupil's Attendance Information must be a valid code.</t>
+  </si>
+  <si>
+    <t>SE259</t>
+  </si>
+  <si>
+    <t>Pupil's Attendance Code designated for this pupil requires a PUBLIC school code or zero-filled.</t>
+  </si>
+  <si>
+    <t>If Pupil's Attendance Information = 01, 02, 04, 05, 12, 14 , 15 or 31 and school code is not zero-filled then the school code must be a public school</t>
+  </si>
+  <si>
+    <t>SE261</t>
+  </si>
+  <si>
+    <t>Attendance Code designated for this pupil requires a non-public school code or non-public agency code.</t>
+  </si>
+  <si>
+    <t>If Pupil's Attendance Information = 16 or 17 then the school code must be a non-public school (school system code 2) or non-public agency (school system code 8)</t>
+  </si>
+  <si>
+    <t>SE262</t>
+  </si>
+  <si>
+    <t>Attendance Code designated for this pupil requires a non-public school code.</t>
+  </si>
+  <si>
+    <t>If Pupil's Attendance Information = 27 then the school code must be a non-public school</t>
+  </si>
+  <si>
+    <t>SE267</t>
+  </si>
+  <si>
+    <t>ATTENDANCE CODE 19 is not a valid code for Administrative Units.</t>
+  </si>
+  <si>
+    <t>Pupil's Attendance Information 19 is not a valid code for Administrative Units.</t>
+  </si>
+  <si>
+    <t>SE268</t>
+  </si>
+  <si>
+    <t>Only ATTENDANCE CODE 19 is valid for State Operated Programs.</t>
+  </si>
+  <si>
+    <t>Only Pupil's Attendance Information 19 is valid for State Operated Programs.</t>
+  </si>
+  <si>
+    <t>SE273</t>
+  </si>
+  <si>
+    <t>DISTRICT/STATE OF ATTENDANCE must be a valid member district for the reporting Administrative Unit when Pupil's Attendance Info code is 04, 05, 12, 14 or 15.</t>
+  </si>
+  <si>
+    <t>If pupils attendance information = 04, 05, 12, 14, 15 then district of attendance must be a valid district for that Admin Unit</t>
+  </si>
+  <si>
+    <t>SE274</t>
+  </si>
+  <si>
+    <t>If PAI code is 11 or 24, District of attendance must be the district code for the detention center</t>
+  </si>
+  <si>
+    <t>If pupils attendance information is 11 or 24 then district of attendance must be the district code for the detention center</t>
+  </si>
+  <si>
+    <t>SE275</t>
+  </si>
+  <si>
+    <t>DISTRICT/STATE OF ATTENDANCE must have a valid state code (not CO) for Attendance Code 28 or 29.</t>
+  </si>
+  <si>
+    <t>If Pupil's Attendance Information = 28 or 29 then State Code of Attendance must have a valid state code &lt;&gt; CO</t>
+  </si>
+  <si>
+    <t>SE276</t>
+  </si>
+  <si>
+    <t>Only Attendance Codes 28 and 29 are valid if District of Attendance is out of state</t>
+  </si>
+  <si>
+    <t>If Pupil's Attendance Information &lt;&gt; 28 and 29 and State of Attendance is a state code &lt;&gt; CO or 00</t>
+  </si>
+  <si>
+    <t>SE277</t>
+  </si>
+  <si>
+    <t>FUNDING STATUS must be 50 or 51 for reported attendance code.</t>
+  </si>
+  <si>
+    <t>If Pupil's Attendance Information = 01-05, 08, 19, 22 or 27-31 then Special Education Funding Status must = 50 or 51</t>
+  </si>
+  <si>
+    <t>SE278</t>
+  </si>
+  <si>
+    <t>FUNDING STATUS must be 53 for reported attendance code.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">If Pupil's Attendance Information = 12  then Special Education Funding Status must = 53  
+</t>
+  </si>
+  <si>
+    <t>SE279</t>
+  </si>
+  <si>
+    <t>FUNDING STATUS must be 54 for reported attendance code.</t>
+  </si>
+  <si>
+    <t>If Pupil's Attendance Information = 14-17  then Special Education Funding Status must = 54</t>
+  </si>
+  <si>
+    <t>SE280</t>
+  </si>
+  <si>
+    <t>FUNDING STATUS must be 50, 51 or 52 for reported attendance code.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">If Pupil's Attendance Information = 24  then Special Education Funding Status must = 50, 51, or 52  
+</t>
+  </si>
+  <si>
+    <t>SE281</t>
+  </si>
+  <si>
+    <t>DISTRICT OF ATTENDANCE must be zero-filled if attendance code is 22, 27, 28, 29 or 30.</t>
+  </si>
+  <si>
+    <t>DISTRICT OF ATTENDANCE must be zero-filled if Pupil's Attendance Information = 22, 27, 28, 29 or 30.</t>
+  </si>
+  <si>
+    <t>SE282</t>
+  </si>
+  <si>
+    <t>STATE OF ATTENDANCE must be zero-filled if attendance code is 19, 22, 27, 30 or 32.</t>
+  </si>
+  <si>
+    <t>STATE OF ATTENDANCE must be zero-filled if Pupil's Attendance Information = 19, 22, 27, 30 or 32.</t>
+  </si>
+  <si>
+    <t>SE284</t>
+  </si>
+  <si>
+    <t>District of Attendance cannot be a member district for the reported Pupil's Attendance Information Code</t>
+  </si>
+  <si>
+    <t>If Pupil's Attendance Information = 23 or 31 and district of attendance is not zero-filled then district of attendance cannot be a member district</t>
+  </si>
+  <si>
+    <t>SE286</t>
+  </si>
+  <si>
+    <t>FUNDING STATUS must be 52 for reported Attendance Code.</t>
+  </si>
+  <si>
+    <t>If Pupil's Attendance Information = 23 or 32 then  Special Education Funding Status must = 52</t>
+  </si>
+  <si>
+    <t>SE288</t>
+  </si>
+  <si>
+    <t>Educational Environment must be 209, 210, 211, 212 or 308 if attendance code is 14, 15, 16 or 17.</t>
+  </si>
+  <si>
+    <t>Educational Environment must = 209, 210, 211, 212 or 308 if Pupil's Attendance Information = 14, 15, 16 or 17</t>
+  </si>
+  <si>
+    <t>SE292</t>
+  </si>
+  <si>
+    <t>PARENTALLY PLACED IN PRIVATE SCHOOL must be 00 if SASID is not zero-filled and attendance code is not 14, 15, 16, or 17.</t>
+  </si>
+  <si>
+    <t>If SASID is not zero-filled and Pupil's Attendance Information = 01-05, 08, 11, 12, 19, 22, 23, 24, 27-31, 32 and Parentally Placed in Private School &lt;&gt; 00</t>
+  </si>
+  <si>
+    <t>SE293</t>
+  </si>
+  <si>
+    <t>PARENTALLY PLACED IN PRIVATE SCHOOL must be 01 for Attendance Codes 14, 15, 16 or 17.</t>
+  </si>
+  <si>
+    <t>If Pupil's Attendance Information = 14-17 Parentally Placed in Private School must be = 01</t>
+  </si>
+  <si>
+    <t>SE294</t>
+  </si>
+  <si>
+    <t>FUNDING STATUS must be 50, 51 or 55 for reported Pupil's Attendance Information Code.</t>
+  </si>
+  <si>
+    <t>If Pupil's Attendance Information = 11 then funding status must = 50, 51 or 55</t>
+  </si>
+  <si>
+    <t>SE295</t>
+  </si>
+  <si>
+    <t>PUPILS ATTENDANCE INFORMATION designated for this pupil requires either a valid Detention Center or Public School Code or zero-filled within the boundaries of the reported District of Attendance.</t>
+  </si>
+  <si>
+    <t>If Pupil's Attendance Information = 08 then Eligible Facility/Detention Code must be a valid Eligible Facility/Detention Code within the reporting Admin Unit OR School Code must be a valid Public School code or zero-filled within the reporting Admin Unit</t>
+  </si>
+  <si>
+    <t>SE313</t>
+  </si>
+  <si>
+    <t>Students who were evaluated and found not eligible for Special Education should have the following data fields zero-filled: Pupil's Attendance Information, Special Education Funding Status and Date of Entry to Special Education. Students who are exiting Special Education should be reported with their status as of their last day of Special Education services.</t>
+  </si>
+  <si>
+    <t>If Current Eligibility and Services is 00 or 04, then Pupil's Attendance Information, Special Education Funding Status and Date of Entry to Special Education must be zero-filled.</t>
+  </si>
+  <si>
+    <t>SE324</t>
+  </si>
+  <si>
+    <t>PUPIL'S ATTENDANCE INFORMATION designated for this pupil requires a valid Detention Center Code outside the boundaries of the reporting Administrative Unit.</t>
+  </si>
+  <si>
+    <t>If Pupil's Attendance Information = 24 then School Code must be a valid Detention Center Code in a non-member district.</t>
+  </si>
+  <si>
+    <t>SE326</t>
+  </si>
+  <si>
+    <t>PUPILS ATTENDANCE INFORMATION designated for this pupil requires a valid Detention Center Code within the boundaries of the reporting Administrative Unit.</t>
+  </si>
+  <si>
+    <t>If Pupil's Attendance Information = 11 then School Code must be a valid Detention Center Code within the reporting AU.</t>
+  </si>
+  <si>
+    <t>SE378</t>
+  </si>
+  <si>
+    <t>WARNING - PAI codes of 23, 24, 31, or 32 exclude this student from the SPED End of Year snapshot and may trigger error SY108. Students who are no longer attending in your AU should be exited for Sped EOY purposes. If this student exited services from your AU at some point during this reporting period, please adjust the following fields to what they were on the Date of Exit so the record does pull into the Snapshot. School Code, District of Attendance, PAI code, Date of Exit, Basis of Exit.</t>
+  </si>
+  <si>
+    <t>REASON_EXITED_SPED</t>
+  </si>
+  <si>
+    <t>SE081</t>
+  </si>
+  <si>
+    <t>Basis of Exit must be a valid exit code if not zero-filled</t>
+  </si>
+  <si>
+    <t>Basis of Exit from Special Education must be a valid exit code.</t>
+  </si>
+  <si>
+    <t>SE239</t>
+  </si>
+  <si>
+    <t>Basis of Exit is required if Date of Exit From Special Education is not zero-filled</t>
+  </si>
+  <si>
+    <t>Basis of Exit is required if there is a Date of Exit.</t>
+  </si>
+  <si>
+    <t>REASON_IEP_NOT_IMPLEMENTED</t>
+  </si>
+  <si>
+    <t>SE066</t>
+  </si>
+  <si>
+    <t>Reason the IEP was Never Implemented [Path 3] must be a valid code</t>
+  </si>
+  <si>
+    <t>Reason the IEP was Never Implemented[Path 3] must be a valid code.  Refer to the Data Elements and Definitions.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SASID must be an unduplicated SASID within the submitting Administrative Unit unless it is zero-filled
+</t>
+  </si>
+  <si>
+    <t>SE122</t>
+  </si>
+  <si>
+    <t>SASID is required if Special Education/Part C Referral = 06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SASID is required if Special Education/Part C Referral = 06
+</t>
+  </si>
+  <si>
+    <t>SE252</t>
+  </si>
+  <si>
+    <t>SASID Must be zero-filled if Parentally Placed in Private School is 02</t>
+  </si>
+  <si>
+    <t>SASID Must be zero-filled if Parentally Placed in Private School = 02</t>
+  </si>
+  <si>
+    <t>SE300</t>
+  </si>
+  <si>
+    <t>If the SASID is not zero filled then There must be a match in RITS for all of the following SASID, FIRST_NAME, LAST_NAME, GENDER, BIRTHDATE</t>
+  </si>
+  <si>
+    <t>SASID does not match student information in RITS - If the SASID is not zero filled then There must be a match in RITS for all of the following SASID, FIRST_NAME, LAST_NAME, GENDER, BIRTHDATE</t>
+  </si>
+  <si>
+    <t>SE327</t>
+  </si>
+  <si>
+    <t>SCHOOL_CODE</t>
+  </si>
+  <si>
+    <t>SE009</t>
+  </si>
+  <si>
+    <t>School code must be a valid public, non-public, head start, facility or detention center  code or zero-filled</t>
+  </si>
+  <si>
+    <t>SE118</t>
+  </si>
+  <si>
+    <t>School Code is not valid for the reported District of Attendance.</t>
+  </si>
+  <si>
+    <t>If not zero-filled, School Code must be a valid School Code within the District of Attendance unless School Code is not public (i.e School System Code &lt;&gt; 1) OR AU is 16010 AND School Code is 2840 OR School Code is 0006.</t>
+  </si>
+  <si>
+    <t>SE250</t>
+  </si>
+  <si>
+    <t>School Code field must indicate a valid Approved Facility code if attendance code is 22</t>
+  </si>
+  <si>
+    <t>School Code in the school_master table must indicate school_system_code = 5 where Pupils Attendance Information = 22</t>
+  </si>
+  <si>
+    <t>SE251</t>
+  </si>
+  <si>
+    <t>School Code field must indicate a valid Detention Center code if attendance code is 24.</t>
+  </si>
+  <si>
+    <t>School Code in the school_master table must indicate school_system_code = 4 where Pupils Attendance Information = 24</t>
+  </si>
+  <si>
+    <t>SE253</t>
+  </si>
+  <si>
+    <t>Pupil's Attendance Information must be zero-filled if Parentally Placed in Private School is 02.</t>
+  </si>
+  <si>
+    <t>Pupil's Attendance Information must = 00 if Parentally Placed in Private School = 02</t>
+  </si>
+  <si>
+    <t>SE254</t>
+  </si>
+  <si>
+    <t>If Parentally Placed in Private School is 02, then School Code must be a non-public school or non-public agency within the boundaries of the reported Administrative Unit or zero-filled.</t>
+  </si>
+  <si>
+    <t>If Parentally Placed in Private School = 02, then School Code must be a non-public school (school system code 2) or non-public agency (school system code 8) within the boundaries of the reported Administrative Unit or zero-filled</t>
+  </si>
+  <si>
+    <t>SE379</t>
+  </si>
+  <si>
+    <t>If school code is 2840, district of attendance should be 9130</t>
+  </si>
+  <si>
+    <t>SCHOOL_HOURS_PER_WEEK</t>
+  </si>
+  <si>
+    <t>SE075</t>
+  </si>
+  <si>
+    <t>Total School Hours per Week must be 4 digits long (see conversion table in Data Elements and pad to the left with zeros).</t>
+  </si>
+  <si>
+    <t>SE076</t>
+  </si>
+  <si>
+    <t>Total School Hours per Week must be numeric (see conversion table in Data Elements and pad to the left with zeros).</t>
+  </si>
+  <si>
+    <t>SE077</t>
+  </si>
+  <si>
+    <t>Total School Hours per week cannot exceed 45 hours.</t>
+  </si>
+  <si>
+    <t>Total School Hours per Week must be &lt;= 4500.</t>
+  </si>
+  <si>
+    <t>SE248</t>
+  </si>
+  <si>
+    <t>Percentage of time in SPED exceeds 200%, please verify the SPED Hours and Total School Hours reported.</t>
+  </si>
+  <si>
+    <t>If percentage of time in SPED as calculated by SPED Hours divided by Total School Hours, is &gt;200%</t>
+  </si>
+  <si>
+    <t>SERVICE_PROVIDER_PRIMARY_EDID</t>
+  </si>
+  <si>
+    <t>SE100</t>
+  </si>
+  <si>
+    <t>Primary Provider EDID must be numeric (no hyphens)</t>
+  </si>
+  <si>
+    <t>Primary Provider EDID must be numeric (8-digits, no hyphens).</t>
+  </si>
+  <si>
+    <t>SE303</t>
+  </si>
+  <si>
+    <t>Primary Provider EDID must not be blank.</t>
+  </si>
+  <si>
+    <t>SE308</t>
+  </si>
+  <si>
+    <t>Primary Provider EDID must be  8-digits.</t>
+  </si>
+  <si>
+    <t>SE323</t>
+  </si>
+  <si>
+    <t>An EDID has been duplicated in the provider fields for this record.</t>
+  </si>
+  <si>
+    <t>If any of the Provider EDIDs are the same as any of the other provider EDIDs.</t>
+  </si>
+  <si>
+    <t>SERVICE_PROVIDER_SECOND_EDID_1</t>
+  </si>
+  <si>
+    <t>SE101</t>
+  </si>
+  <si>
+    <t>Secondary Provider 1 EDID must be numeric (no hyphens) .</t>
+  </si>
+  <si>
+    <t>Secondary Provider 1 EDID must be numeric (8-digits, no hyphens) .</t>
+  </si>
+  <si>
+    <t>SE304</t>
+  </si>
+  <si>
+    <t>Secondary Provider 1 EDID must not be blank..</t>
+  </si>
+  <si>
+    <t>SE309</t>
+  </si>
+  <si>
+    <t>Secondary Provider 1 EDID must be 8-digits numeric.</t>
+  </si>
+  <si>
+    <t>SERVICE_PROVIDER_SECOND_EDID_2</t>
+  </si>
+  <si>
+    <t>SE102</t>
+  </si>
+  <si>
+    <t>Secondary Provider 2 EDID must be numeric ( no hyphens).</t>
+  </si>
+  <si>
+    <t>Secondary Provider 2 EDID must be numeric (8-digits, no hyphens).</t>
+  </si>
+  <si>
+    <t>SE305</t>
+  </si>
+  <si>
+    <t>Secondary Provider 2 EDID must not be blank.</t>
+  </si>
+  <si>
+    <t>SE310</t>
+  </si>
+  <si>
+    <t>Secondary Provider 2 EDID must be 8-digits.</t>
+  </si>
+  <si>
+    <t>SERVICE_PROVIDER_SECOND_EDID_3</t>
+  </si>
+  <si>
+    <t>SE103</t>
+  </si>
+  <si>
+    <t>Secondary Provider 3 EDID must be numeric (no hyphens).</t>
+  </si>
+  <si>
+    <t>Secondary Provider 3 EDID must be numeric (8-digits, no hyphens).</t>
+  </si>
+  <si>
+    <t>SE306</t>
+  </si>
+  <si>
+    <t>Secondary Provider 3 EDID must not be blank.</t>
+  </si>
+  <si>
+    <t>SE311</t>
+  </si>
+  <si>
+    <t>Secondary Provider 3 EDID must be 8-digits.</t>
+  </si>
+  <si>
+    <t>SERVICE_PROVIDER_SECOND_EDID_4</t>
+  </si>
+  <si>
+    <t>SE104</t>
+  </si>
+  <si>
+    <t>Secondary Provider 4 EDID must be numeric (no hyphens).</t>
+  </si>
+  <si>
+    <t>Secondary Provider 4 EDID must be numeric (8-digits, no hyphens).</t>
+  </si>
+  <si>
+    <t>SE307</t>
+  </si>
+  <si>
+    <t>Secondary Provider 4 EDID must not be blank.</t>
+  </si>
+  <si>
+    <t>SE312</t>
+  </si>
+  <si>
+    <t>Secondary Provider 4 EDID must be 8-digits.</t>
+  </si>
+  <si>
+    <t>SPED_ELIGIBILITY_AND_SERVICES</t>
+  </si>
+  <si>
+    <t>SE067</t>
+  </si>
+  <si>
+    <t>Current Eligibility and Services must be a valid code if not zero filled</t>
+  </si>
+  <si>
+    <t>SPED_FUNDING_STATUS</t>
+  </si>
+  <si>
+    <t>SE096</t>
+  </si>
+  <si>
+    <t>Funding Status must be a valid code.</t>
+  </si>
+  <si>
+    <t>Funding Status does not contain a valid code.</t>
+  </si>
+  <si>
+    <t>SE255</t>
+  </si>
+  <si>
+    <t>Funding Status must be zero-filled if Parentally Placed in Private School is 02</t>
+  </si>
+  <si>
+    <t>SE256</t>
+  </si>
+  <si>
+    <t>Funding Status must be 54 if Parentally Placed in Private School is 01</t>
+  </si>
+  <si>
+    <t>Funding Status must = 54 if Parentally Placed in Private School = 01</t>
+  </si>
+  <si>
+    <t>SE348</t>
+  </si>
+  <si>
+    <t>Pupil's Attendance Info Code, Primary Disability, and Date of Entry to Special Education are required and cannot be zero-filled when Funding Status is not zero-filled. If student is not attending please zero-fill Funding Status.</t>
+  </si>
+  <si>
+    <t>SPED_HOURS_PER_WEEK</t>
+  </si>
+  <si>
+    <t>SE072</t>
+  </si>
+  <si>
+    <t>Hours of Special Education Services Per Week as Indicated on IEP must be numeric and 4 digits</t>
+  </si>
+  <si>
+    <t>Hours of Special Education Services per Week as Indicated on IEP must be numeric and 4 digits long (see conversion table in Data Elements).</t>
+  </si>
+  <si>
+    <t>SE073</t>
+  </si>
+  <si>
+    <t>Hours of Special Education Services cannot exceed 80 hours.</t>
+  </si>
+  <si>
+    <t>SE074</t>
+  </si>
+  <si>
+    <t>Hours of Special Education Services per Week as Indicated on IEP must be 4 digits long.</t>
+  </si>
+  <si>
+    <t>Hours of Special Education Services per Week must be numeric and 4 digits long (see conversion table in Data Elements and pad to the left with zeros).</t>
+  </si>
+  <si>
+    <t>SE227</t>
+  </si>
+  <si>
+    <t>Total School Hours per Week is required if Hours of Special Education Services per Week is not 0000.</t>
+  </si>
+  <si>
+    <t>Total School Hours Per Week is required Hours of Special Education Services per week is not zero-filled.</t>
+  </si>
+  <si>
+    <t>SE358</t>
+  </si>
+  <si>
+    <t>Special Education Hours Per Week cannot be blank</t>
+  </si>
+  <si>
+    <t>SPED_PART_C_REFERRAL</t>
+  </si>
+  <si>
+    <t>SE001</t>
+  </si>
+  <si>
+    <t>Special Education Referral Type must contain a valid code.</t>
+  </si>
+  <si>
+    <t>SE144</t>
+  </si>
+  <si>
+    <t>If Special Education Referral Type is 03 or 06 then all of the fields in Path 2 must be zero-filled.</t>
+  </si>
+  <si>
+    <t>If Special Education/Part C Referral is 03 or 06 then the following fields must be zero-filled: Date of Referral to Administrative Unit from the Local Community Centered Board [Path 2]; Date of Parental Consent to Evaluate [Path 2]; Date Evaluation Completed [Path 2]; Reason for Delay in Completing the Evaluation [Path 2]; Date of Initial Eligibility Meeting [Path 2]; Reason for Delay in Initial Eligibility Meeting [Path 2]; Date IEP was Implemented [Path 2]; Reason for Delay in IEP Implementation [Path 2]; Eligibility and Services [Path 2].</t>
+  </si>
+  <si>
+    <t>SE186</t>
+  </si>
+  <si>
+    <t>If Special Education Referral Type is 02 or 06 then all of the fields in Path 3 must be zero-filled.</t>
+  </si>
+  <si>
+    <t>If Special Education/Part C Referral is 02 or 06 then the following fields must be zero-filled: Date of Parental Consent to Evaluate [Path 3]; Date Evaluation Completed [Path 3]; Reason for Delay in Completing the Evaluation [Path 3]; Date of Initial Eligibility Meeting [Path 3]; Date Initial IEP was Finalized [Path 3]; Reason for Delay in Finalizing the Initial IEP [Path 3]; Date IEP was Implemented [Path 3]; Reason IEP was Never Implemented [Path 3]; Eligibility and Services [Path 3].</t>
+  </si>
+  <si>
+    <t>SE356</t>
+  </si>
+  <si>
+    <t>Students receiving Special Education Services must have a Date of Entry to Special Education.</t>
+  </si>
+  <si>
+    <t>If Special Education or Part C Referral code is 06, then Date of Entry to Special Education cannot be zero-filled.</t>
+  </si>
+  <si>
+    <t>SPED_PROGRAM_CODE</t>
+  </si>
+  <si>
+    <t>SE249</t>
+  </si>
+  <si>
+    <t>Program code must be a valid code or zero-filled.</t>
+  </si>
+  <si>
+    <t>SE353</t>
+  </si>
+  <si>
+    <t>Sped Program Code of 0001 (out of state) can only be reported with Pupils Attendance Info Codes 28 or 29.</t>
+  </si>
+  <si>
+    <t>START_DATE_OF_SPED</t>
+  </si>
+  <si>
+    <t>SE344</t>
+  </si>
+  <si>
+    <t>Date of Entry to Special Education must be a valid date in MMDDYYYY format, or zero-filled.</t>
+  </si>
+  <si>
+    <t>SE345</t>
+  </si>
+  <si>
+    <t>If not zero-filled, then Date of Entry to Special Education must be within the reporting school year.</t>
+  </si>
+  <si>
+    <t>If not zero-filled, then Date of Entry to Special Education must be within the reporting school year (7/1/xx to 6/30/xx).</t>
+  </si>
+  <si>
+    <t>SE346</t>
+  </si>
+  <si>
+    <t>If not zero-filled, Date of Entry to Special Education must be on or before Date of Exit from Special Education</t>
+  </si>
+  <si>
+    <t>SE347</t>
+  </si>
+  <si>
+    <t>Date of Entry to Special Education cannot be zero-filled for Student's receiving services as indicated by the Pupil's Attendance Info Code and Funding Status codes are not zero-filled</t>
+  </si>
+  <si>
+    <t>SE355</t>
+  </si>
+  <si>
+    <t>Students who are not receiving any Part B services should not have a Date of Entry to Special Education.</t>
+  </si>
+  <si>
+    <t>Date of Entry to Special Education must be zero-filled when PPPS=02, OR Special Education Part C Referral =01, OR Current Eligibility and Services=04.</t>
+  </si>
+  <si>
+    <t>SE360</t>
+  </si>
+  <si>
+    <t>Start Date of Special Education cannot be blank</t>
+  </si>
+  <si>
+    <t>STATE_OF_ATTENDANCE</t>
+  </si>
+  <si>
+    <t>SE021</t>
+  </si>
+  <si>
+    <t>State Code of Attendance must be a valid State code if not zero-filled.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...12 lines deleted...]
-    <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Andale WT"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-[...1 lines deleted...]
-      <name val="Andale WT"/>
+      <b/>
+      <u/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Museo Slab 500"/>
+      <family val="3"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
-      <color theme="0"/>
-      <name val="Andale WT"/>
+      <color theme="1"/>
+      <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <name val="Tahoma"/>
+      <sz val="12"/>
+      <color rgb="FFC00000"/>
+      <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="1"/>
+        <fgColor theme="1" tint="0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="1">
     <border>
       <left/>
       <right/>
-      <top/>
-[...50 lines deleted...]
-      </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+      <alignment horizontal="centerContinuous" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="left"/>
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:colOff>443865</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:rowOff>1905</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="476250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="cde_logo_fullColor-emblem.png">
+        <xdr:cNvPr id="2" name="cde_logo_fullColor-emblem.png" descr="CDE Logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
-            </a:ext>
-[...1 lines deleted...]
-              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="0"/>
+          <a:off x="443865" y="1905"/>
           <a:ext cx="952500" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="CDE Blue">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="232C67"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="90C8E7"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="7C98AC"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="5D6770"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="488BC9"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="3CC1CC"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="077682"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="D2D3D3"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="2C3384"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="EC6752"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
@@ -2095,3206 +2050,4369 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E193"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:G193"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A14" sqref="A14"/>
+      <pane ySplit="7" topLeftCell="A27" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D154" sqref="D154"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" customHeight="1"/>
+  <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="30.21875" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="129.109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="35" style="6" customWidth="1"/>
+    <col min="2" max="2" width="10.6640625" customWidth="1"/>
+    <col min="3" max="3" width="8.6640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="83" style="6" customWidth="1"/>
+    <col min="5" max="5" width="71.88671875" style="6" customWidth="1"/>
+    <col min="6" max="6" width="7.33203125" customWidth="1"/>
+    <col min="7" max="7" width="5.44140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="16" customFormat="1" ht="26.25" customHeight="1">
-      <c r="D1" s="5" t="s">
+    <row r="1" spans="1:7" ht="21.6">
+      <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="E1" s="6"/>
-[...8 lines deleted...]
-      <c r="D3" s="8" t="s">
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" s="8" customFormat="1" ht="18">
+      <c r="A2" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="7"/>
+      <c r="C2" s="7"/>
+      <c r="D2" s="7"/>
+      <c r="E2" s="7"/>
+      <c r="F2" s="7"/>
+      <c r="G2" s="7"/>
+    </row>
+    <row r="3" spans="1:7" s="11" customFormat="1" ht="16.2">
+      <c r="A3" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" s="10"/>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="E3" s="10"/>
+      <c r="F3" s="10"/>
+      <c r="G3" s="10"/>
+    </row>
+    <row r="4" spans="1:7" s="11" customFormat="1" ht="16.2">
+      <c r="A4" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" s="10"/>
+      <c r="C4" s="10"/>
+      <c r="D4" s="10"/>
+      <c r="E4" s="10"/>
+      <c r="F4" s="10"/>
+      <c r="G4" s="10"/>
+    </row>
+    <row r="5" spans="1:7" s="11" customFormat="1" ht="16.2">
+      <c r="A5" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" s="10"/>
+      <c r="C5" s="10"/>
+      <c r="D5" s="10"/>
+      <c r="E5" s="10"/>
+      <c r="F5" s="10"/>
+      <c r="G5" s="10"/>
+    </row>
+    <row r="6" spans="1:7" s="11" customFormat="1" ht="16.2">
+      <c r="A6" s="11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="43.2">
+      <c r="A7" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="6"/>
-[...2 lines deleted...]
-      <c r="D4" s="8" t="s">
+      <c r="B7" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E4" s="6"/>
-[...2 lines deleted...]
-      <c r="D5" s="8" t="s">
+      <c r="C7" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="6"/>
-[...2 lines deleted...]
-      <c r="A6" s="16" t="s">
+      <c r="D7" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="26.4">
+      <c r="A8" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" t="s">
+        <v>10</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>48</v>
+      </c>
+      <c r="G8" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="39.6">
+      <c r="A9" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="26.4">
+      <c r="A10" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B10" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G10" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="26.4">
+      <c r="A12" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" t="s">
+        <v>59</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" t="s">
+        <v>48</v>
+      </c>
+      <c r="G12" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="39.6">
+      <c r="A13" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>62</v>
+      </c>
+      <c r="C13" t="s">
+        <v>60</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F13" t="s">
+        <v>48</v>
+      </c>
+      <c r="G13" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="39.6">
+      <c r="A14" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G14" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B15" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" t="s">
+        <v>48</v>
+      </c>
+      <c r="G15" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="39.6">
+      <c r="A16" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" t="s">
+        <v>69</v>
+      </c>
+      <c r="C16" t="s">
+        <v>60</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" t="s">
+        <v>48</v>
+      </c>
+      <c r="G16" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="B17" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17" t="s">
+        <v>48</v>
+      </c>
+      <c r="G17" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="26.4">
+      <c r="A18" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" t="s">
+        <v>74</v>
+      </c>
+      <c r="C18" t="s">
+        <v>60</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="F18" t="s">
+        <v>48</v>
+      </c>
+      <c r="G18" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="26.4">
+      <c r="A19" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="B19" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" t="s">
+        <v>60</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F19" t="s">
+        <v>48</v>
+      </c>
+      <c r="G19" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="26.4">
+      <c r="A20" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="B20" t="s">
+        <v>80</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="F20" t="s">
+        <v>48</v>
+      </c>
+      <c r="G20" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="26.4">
+      <c r="A21" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B21" t="s">
+        <v>84</v>
+      </c>
+      <c r="C21" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" t="s">
+        <v>48</v>
+      </c>
+      <c r="G21" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="26.4">
+      <c r="A22" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B22" t="s">
+        <v>86</v>
+      </c>
+      <c r="C22" t="s">
+        <v>60</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F22" t="s">
+        <v>48</v>
+      </c>
+      <c r="G22" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="26.4">
+      <c r="A23" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B23" t="s">
+        <v>88</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="F23" t="s">
+        <v>48</v>
+      </c>
+      <c r="G23" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="26.4">
+      <c r="A24" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" t="s">
+        <v>60</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="F24" t="s">
+        <v>48</v>
+      </c>
+      <c r="G24" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="26.4">
+      <c r="A25" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="B25" t="s">
+        <v>94</v>
+      </c>
+      <c r="C25" t="s">
+        <v>60</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="F25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G25" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="26.4">
+      <c r="A26" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="B26" t="s">
+        <v>96</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="F26" t="s">
+        <v>48</v>
+      </c>
+      <c r="G26" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="26.4">
+      <c r="A27" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B27" t="s">
+        <v>99</v>
+      </c>
+      <c r="C27" t="s">
+        <v>60</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="F27" t="s">
+        <v>48</v>
+      </c>
+      <c r="G27" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="39.6">
+      <c r="A28" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B28" t="s">
+        <v>101</v>
+      </c>
+      <c r="C28" t="s">
+        <v>60</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="F28" t="s">
+        <v>48</v>
+      </c>
+      <c r="G28" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B29" t="s">
+        <v>103</v>
+      </c>
+      <c r="C29" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F29" t="s">
+        <v>48</v>
+      </c>
+      <c r="G29" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="26.4">
+      <c r="A30" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="B30" t="s">
+        <v>106</v>
+      </c>
+      <c r="C30" t="s">
+        <v>60</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="F30" t="s">
+        <v>48</v>
+      </c>
+      <c r="G30" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="39.6">
+      <c r="A31" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="B31" t="s">
+        <v>109</v>
+      </c>
+      <c r="C31" t="s">
+        <v>60</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="F31" t="s">
+        <v>48</v>
+      </c>
+      <c r="G31" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="26.4">
+      <c r="A32" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="B32" t="s">
+        <v>112</v>
+      </c>
+      <c r="C32" t="s">
+        <v>60</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="F32" t="s">
+        <v>48</v>
+      </c>
+      <c r="G32" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="26.4">
+      <c r="A33" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="B33" t="s">
+        <v>115</v>
+      </c>
+      <c r="C33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="F33" t="s">
+        <v>48</v>
+      </c>
+      <c r="G33" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="26.4">
+      <c r="A34" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="B34" t="s">
+        <v>118</v>
+      </c>
+      <c r="C34" t="s">
+        <v>60</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F34" t="s">
+        <v>48</v>
+      </c>
+      <c r="G34" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="52.8">
+      <c r="A35" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="B35" t="s">
+        <v>121</v>
+      </c>
+      <c r="C35" t="s">
+        <v>60</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F35" t="s">
+        <v>48</v>
+      </c>
+      <c r="G35" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="26.4">
+      <c r="A37" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="B37" t="s">
+        <v>124</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="F37" t="s">
+        <v>48</v>
+      </c>
+      <c r="G37" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="26.4">
+      <c r="A38" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="B38" t="s">
+        <v>127</v>
+      </c>
+      <c r="C38" t="s">
+        <v>60</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="F38" t="s">
+        <v>48</v>
+      </c>
+      <c r="G38" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="52.8">
+      <c r="A39" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="B39" t="s">
+        <v>130</v>
+      </c>
+      <c r="C39" t="s">
+        <v>60</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="F39" t="s">
+        <v>48</v>
+      </c>
+      <c r="G39" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="26.4">
+      <c r="A40" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="B40" t="s">
+        <v>133</v>
+      </c>
+      <c r="C40" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F40" t="s">
+        <v>48</v>
+      </c>
+      <c r="G40" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="26.4">
+      <c r="A41" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="B41" t="s">
+        <v>136</v>
+      </c>
+      <c r="C41" t="s">
+        <v>60</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="F41" t="s">
+        <v>48</v>
+      </c>
+      <c r="G41" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="39.6">
+      <c r="A42" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="B42" t="s">
+        <v>139</v>
+      </c>
+      <c r="C42" t="s">
+        <v>60</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="F42" t="s">
+        <v>48</v>
+      </c>
+      <c r="G42" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="26.4">
+      <c r="A43" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="B43" t="s">
+        <v>141</v>
+      </c>
+      <c r="C43" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="F43" t="s">
+        <v>48</v>
+      </c>
+      <c r="G43" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="26.4">
+      <c r="A44" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="B44" t="s">
+        <v>144</v>
+      </c>
+      <c r="C44" t="s">
+        <v>60</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="F44" t="s">
+        <v>48</v>
+      </c>
+      <c r="G44" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="39.6">
+      <c r="A45" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="B45" t="s">
+        <v>147</v>
+      </c>
+      <c r="C45" t="s">
+        <v>60</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="F45" t="s">
+        <v>48</v>
+      </c>
+      <c r="G45" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="26.4">
+      <c r="A46" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B46" t="s">
+        <v>151</v>
+      </c>
+      <c r="C46" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="F46" t="s">
+        <v>48</v>
+      </c>
+      <c r="G46" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="39.6">
+      <c r="A47" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B47" t="s">
+        <v>153</v>
+      </c>
+      <c r="C47" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E47" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="F47" t="s">
+        <v>48</v>
+      </c>
+      <c r="G47" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="52.8">
+      <c r="A48" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B48" t="s">
+        <v>156</v>
+      </c>
+      <c r="C48" t="s">
+        <v>11</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="E48" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="F48" t="s">
+        <v>48</v>
+      </c>
+      <c r="G48" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="26.4">
+      <c r="A50" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B50" t="s">
+        <v>159</v>
+      </c>
+      <c r="C50" t="s">
+        <v>11</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="F50" t="s">
+        <v>48</v>
+      </c>
+      <c r="G50" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" ht="39.6">
+      <c r="A51" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B51" t="s">
+        <v>162</v>
+      </c>
+      <c r="C51" t="s">
+        <v>11</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="F51" t="s">
+        <v>48</v>
+      </c>
+      <c r="G51" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="26.4">
+      <c r="A52" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="B52" t="s">
+        <v>165</v>
+      </c>
+      <c r="C52" t="s">
+        <v>11</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="F52" t="s">
+        <v>48</v>
+      </c>
+      <c r="G52" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="26.4">
+      <c r="A53" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="B53" t="s">
+        <v>168</v>
+      </c>
+      <c r="C53" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="F53" t="s">
+        <v>48</v>
+      </c>
+      <c r="G53" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="52.8">
+      <c r="A54" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="B54" t="s">
+        <v>171</v>
+      </c>
+      <c r="C54" t="s">
+        <v>11</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="F54" t="s">
+        <v>48</v>
+      </c>
+      <c r="G54" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="52.8">
+      <c r="A55" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="B55" t="s">
+        <v>174</v>
+      </c>
+      <c r="C55" t="s">
+        <v>11</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="F55" t="s">
+        <v>48</v>
+      </c>
+      <c r="G55" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="26.4">
+      <c r="A56" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="B56" t="s">
+        <v>177</v>
+      </c>
+      <c r="C56" t="s">
+        <v>11</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="F56" t="s">
+        <v>48</v>
+      </c>
+      <c r="G56" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="26.4">
+      <c r="A57" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="B57" t="s">
+        <v>180</v>
+      </c>
+      <c r="C57" t="s">
+        <v>11</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="F57" t="s">
+        <v>48</v>
+      </c>
+      <c r="G57" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="26.4">
+      <c r="A58" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="B58" t="s">
+        <v>182</v>
+      </c>
+      <c r="C58" t="s">
+        <v>11</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="E58" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="F58" t="s">
+        <v>48</v>
+      </c>
+      <c r="G58" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="26.4">
+      <c r="A59" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="B59" t="s">
+        <v>185</v>
+      </c>
+      <c r="C59" t="s">
+        <v>11</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="E59" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="F59" t="s">
+        <v>48</v>
+      </c>
+      <c r="G59" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B60" t="s">
+        <v>188</v>
+      </c>
+      <c r="C60" t="s">
+        <v>11</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="F60" t="s">
+        <v>48</v>
+      </c>
+      <c r="G60" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="26.4">
+      <c r="A61" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B61" t="s">
+        <v>191</v>
+      </c>
+      <c r="C61" t="s">
+        <v>11</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="F61" t="s">
+        <v>48</v>
+      </c>
+      <c r="G61" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="39.6">
+      <c r="A62" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B62" t="s">
+        <v>193</v>
+      </c>
+      <c r="C62" t="s">
+        <v>11</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="F62" t="s">
+        <v>48</v>
+      </c>
+      <c r="G62" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="39.6">
+      <c r="A63" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B63" t="s">
+        <v>197</v>
+      </c>
+      <c r="C63" t="s">
+        <v>60</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="E63" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="F63" t="s">
+        <v>48</v>
+      </c>
+      <c r="G63" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7">
+      <c r="A64" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B64" t="s">
+        <v>200</v>
+      </c>
+      <c r="C64" t="s">
+        <v>11</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="E64" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="F64" t="s">
+        <v>48</v>
+      </c>
+      <c r="G64" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="26.4">
+      <c r="A65" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="B65" t="s">
+        <v>203</v>
+      </c>
+      <c r="C65" t="s">
+        <v>11</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="E65" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="F65" t="s">
+        <v>48</v>
+      </c>
+      <c r="G65" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="26.4">
+      <c r="A66" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="B66" t="s">
+        <v>207</v>
+      </c>
+      <c r="C66" t="s">
+        <v>11</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="F66" t="s">
+        <v>48</v>
+      </c>
+      <c r="G66" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="26.4">
+      <c r="A67" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="B67" t="s">
+        <v>210</v>
+      </c>
+      <c r="C67" t="s">
+        <v>11</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="F67" t="s">
+        <v>48</v>
+      </c>
+      <c r="G67" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="26.4">
+      <c r="A68" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="B68" t="s">
+        <v>213</v>
+      </c>
+      <c r="C68" t="s">
+        <v>11</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="F68" t="s">
+        <v>48</v>
+      </c>
+      <c r="G68" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="B69" t="s">
+        <v>215</v>
+      </c>
+      <c r="C69" t="s">
+        <v>11</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="E69" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="F69" t="s">
+        <v>48</v>
+      </c>
+      <c r="G69" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7">
+      <c r="A70" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="B70" t="s">
+        <v>219</v>
+      </c>
+      <c r="C70" t="s">
+        <v>11</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="E70" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="F70" t="s">
+        <v>48</v>
+      </c>
+      <c r="G70" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="39.6">
+      <c r="A71" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="B71" t="s">
+        <v>223</v>
+      </c>
+      <c r="C71" t="s">
+        <v>60</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="E71" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="F71" t="s">
+        <v>48</v>
+      </c>
+      <c r="G71" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="26.4">
+      <c r="A72" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="B72" t="s">
+        <v>227</v>
+      </c>
+      <c r="C72" t="s">
+        <v>60</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="E72" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="F72" t="s">
+        <v>48</v>
+      </c>
+      <c r="G72" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="26.4">
+      <c r="A73" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="B73" t="s">
+        <v>230</v>
+      </c>
+      <c r="C73" t="s">
+        <v>11</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="F73" t="s">
+        <v>48</v>
+      </c>
+      <c r="G73" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="39.6">
+      <c r="A74" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="B74" t="s">
+        <v>234</v>
+      </c>
+      <c r="C74" t="s">
+        <v>60</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="F74" t="s">
+        <v>48</v>
+      </c>
+      <c r="G74" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="B75" t="s">
+        <v>236</v>
+      </c>
+      <c r="C75" t="s">
+        <v>11</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="E75" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="F75" t="s">
+        <v>48</v>
+      </c>
+      <c r="G75" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7">
+      <c r="A76" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B76" t="s">
+        <v>19</v>
+      </c>
+      <c r="C76" t="s">
+        <v>11</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>48</v>
+      </c>
+      <c r="G76" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="39.6">
+      <c r="A77" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B77" t="s">
+        <v>21</v>
+      </c>
+      <c r="C77" t="s">
+        <v>11</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E77" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="F77" t="s">
+        <v>48</v>
+      </c>
+      <c r="G77" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="39.6">
+      <c r="A78" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B78" t="s">
+        <v>23</v>
+      </c>
+      <c r="C78" t="s">
+        <v>11</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="F78" t="s">
+        <v>48</v>
+      </c>
+      <c r="G78" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7">
+      <c r="A79" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B79" t="s">
+        <v>25</v>
+      </c>
+      <c r="C79" t="s">
+        <v>11</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F79" t="s">
+        <v>48</v>
+      </c>
+      <c r="G79" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="39.6">
+      <c r="A80" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="B80" t="s">
+        <v>242</v>
+      </c>
+      <c r="C80" t="s">
+        <v>60</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="F80" t="s">
+        <v>48</v>
+      </c>
+      <c r="G80" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="26.4">
+      <c r="A81" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B81" t="s">
+        <v>29</v>
+      </c>
+      <c r="C81" t="s">
+        <v>11</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F81" t="s">
+        <v>48</v>
+      </c>
+      <c r="G81" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7">
+      <c r="A82" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B82" t="s">
+        <v>31</v>
+      </c>
+      <c r="C82" t="s">
+        <v>11</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F82" t="s">
+        <v>48</v>
+      </c>
+      <c r="G82" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="39.6">
+      <c r="A83" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B83" t="s">
+        <v>34</v>
+      </c>
+      <c r="C83" t="s">
+        <v>11</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F83" t="s">
+        <v>48</v>
+      </c>
+      <c r="G83" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7">
+      <c r="A84" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B84" t="s">
+        <v>38</v>
+      </c>
+      <c r="C84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F84" t="s">
+        <v>48</v>
+      </c>
+      <c r="G84" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="26.4">
+      <c r="A85" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B85" t="s">
+        <v>40</v>
+      </c>
+      <c r="C85" t="s">
+        <v>11</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="E85" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F85" t="s">
+        <v>48</v>
+      </c>
+      <c r="G85" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="39.6">
+      <c r="A86" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B86" t="s">
+        <v>42</v>
+      </c>
+      <c r="C86" t="s">
+        <v>11</v>
+      </c>
+      <c r="D86" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="E86" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="F86" t="s">
+        <v>48</v>
+      </c>
+      <c r="G86" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="26.4">
+      <c r="A87" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="B87" t="s">
+        <v>249</v>
+      </c>
+      <c r="C87" t="s">
+        <v>11</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="E87" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="F87" t="s">
+        <v>48</v>
+      </c>
+      <c r="G87" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="26.4">
+      <c r="A88" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="B88" t="s">
+        <v>252</v>
+      </c>
+      <c r="C88" t="s">
+        <v>11</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="F88" t="s">
+        <v>48</v>
+      </c>
+      <c r="G88" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="26.4">
+      <c r="A89" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="B89" t="s">
+        <v>255</v>
+      </c>
+      <c r="C89" t="s">
+        <v>11</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="E89" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="F89" t="s">
+        <v>48</v>
+      </c>
+      <c r="G89" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7">
+      <c r="A90" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="B90" t="s">
+        <v>259</v>
+      </c>
+      <c r="C90" t="s">
+        <v>11</v>
+      </c>
+      <c r="D90" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="E90" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="F90" t="s">
+        <v>48</v>
+      </c>
+      <c r="G90" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="52.8">
+      <c r="A91" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="B91" t="s">
+        <v>261</v>
+      </c>
+      <c r="C91" t="s">
+        <v>60</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="E91" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="F91" t="s">
+        <v>48</v>
+      </c>
+      <c r="G91" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="39.6">
+      <c r="A93" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="B93" t="s">
+        <v>264</v>
+      </c>
+      <c r="C93" t="s">
+        <v>11</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="F93" t="s">
+        <v>48</v>
+      </c>
+      <c r="G93" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="26.4">
+      <c r="A94" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="B94" t="s">
+        <v>267</v>
+      </c>
+      <c r="C94" t="s">
+        <v>11</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="E94" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="F94" t="s">
+        <v>48</v>
+      </c>
+      <c r="G94" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7">
+      <c r="A95" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B95" t="s">
+        <v>270</v>
+      </c>
+      <c r="C95" t="s">
+        <v>11</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="E95" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="F95" t="s">
+        <v>48</v>
+      </c>
+      <c r="G95" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="39.6">
+      <c r="A96" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B96" t="s">
+        <v>272</v>
+      </c>
+      <c r="C96" t="s">
+        <v>11</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="F96" t="s">
+        <v>48</v>
+      </c>
+      <c r="G96" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="52.8">
+      <c r="A97" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B97" t="s">
+        <v>275</v>
+      </c>
+      <c r="C97" t="s">
+        <v>11</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="E97" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="F97" t="s">
+        <v>48</v>
+      </c>
+      <c r="G97" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="26.4">
+      <c r="A98" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B98" t="s">
+        <v>278</v>
+      </c>
+      <c r="C98" t="s">
+        <v>11</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="E98" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="F98" t="s">
+        <v>48</v>
+      </c>
+      <c r="G98" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="26.4">
+      <c r="A99" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B99" t="s">
+        <v>281</v>
+      </c>
+      <c r="C99" t="s">
+        <v>11</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="E99" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="F99" t="s">
+        <v>48</v>
+      </c>
+      <c r="G99" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="26.4">
+      <c r="A100" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B100" t="s">
+        <v>284</v>
+      </c>
+      <c r="C100" t="s">
+        <v>11</v>
+      </c>
+      <c r="D100" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="E100" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="F100" t="s">
+        <v>48</v>
+      </c>
+      <c r="G100" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="52.8">
+      <c r="A101" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B101" t="s">
+        <v>287</v>
+      </c>
+      <c r="C101" t="s">
+        <v>11</v>
+      </c>
+      <c r="D101" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="E101" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="F101" t="s">
+        <v>48</v>
+      </c>
+      <c r="G101" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="39.6">
+      <c r="A102" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B102" t="s">
+        <v>290</v>
+      </c>
+      <c r="C102" t="s">
+        <v>11</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="E102" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="F102" t="s">
+        <v>48</v>
+      </c>
+      <c r="G102" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="39.6">
+      <c r="A103" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B103" t="s">
+        <v>293</v>
+      </c>
+      <c r="C103" t="s">
+        <v>11</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="E103" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="F103" t="s">
+        <v>48</v>
+      </c>
+      <c r="G103" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="26.4">
+      <c r="A104" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B104" t="s">
+        <v>296</v>
+      </c>
+      <c r="C104" t="s">
+        <v>11</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="E104" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="F104" t="s">
+        <v>48</v>
+      </c>
+      <c r="G104" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="39.6">
+      <c r="A105" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B105" t="s">
+        <v>299</v>
+      </c>
+      <c r="C105" t="s">
+        <v>11</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="E105" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="F105" t="s">
+        <v>48</v>
+      </c>
+      <c r="G105" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" ht="39.6">
+      <c r="A106" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B106" t="s">
+        <v>302</v>
+      </c>
+      <c r="C106" t="s">
+        <v>11</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="E106" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="F106" t="s">
+        <v>48</v>
+      </c>
+      <c r="G106" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="26.4">
+      <c r="A107" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B107" t="s">
+        <v>305</v>
+      </c>
+      <c r="C107" t="s">
+        <v>11</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="E107" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="F107" t="s">
+        <v>48</v>
+      </c>
+      <c r="G107" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="39.6">
+      <c r="A108" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B108" t="s">
+        <v>308</v>
+      </c>
+      <c r="C108" t="s">
+        <v>11</v>
+      </c>
+      <c r="D108" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="E108" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F108" t="s">
+        <v>48</v>
+      </c>
+      <c r="G108" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" ht="26.4">
+      <c r="A109" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B109" t="s">
+        <v>311</v>
+      </c>
+      <c r="C109" t="s">
+        <v>11</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="E109" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="F109" t="s">
+        <v>48</v>
+      </c>
+      <c r="G109" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="26.4">
+      <c r="A110" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B110" t="s">
+        <v>314</v>
+      </c>
+      <c r="C110" t="s">
+        <v>11</v>
+      </c>
+      <c r="D110" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="E110" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="F110" t="s">
+        <v>48</v>
+      </c>
+      <c r="G110" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="39.6">
+      <c r="A111" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B111" t="s">
+        <v>317</v>
+      </c>
+      <c r="C111" t="s">
+        <v>11</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="E111" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="F111" t="s">
+        <v>48</v>
+      </c>
+      <c r="G111" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="26.4">
+      <c r="A112" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B112" t="s">
+        <v>320</v>
+      </c>
+      <c r="C112" t="s">
+        <v>11</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="E112" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="F112" t="s">
+        <v>48</v>
+      </c>
+      <c r="G112" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="39.6">
+      <c r="A113" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B113" t="s">
+        <v>323</v>
+      </c>
+      <c r="C113" t="s">
+        <v>11</v>
+      </c>
+      <c r="D113" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="F113" t="s">
+        <v>48</v>
+      </c>
+      <c r="G113" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="39.6">
+      <c r="A114" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B114" t="s">
+        <v>326</v>
+      </c>
+      <c r="C114" t="s">
+        <v>11</v>
+      </c>
+      <c r="D114" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="E114" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="F114" t="s">
+        <v>48</v>
+      </c>
+      <c r="G114" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" ht="26.4">
+      <c r="A115" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B115" t="s">
+        <v>329</v>
+      </c>
+      <c r="C115" t="s">
+        <v>11</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="F115" t="s">
+        <v>48</v>
+      </c>
+      <c r="G115" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" ht="26.4">
+      <c r="A116" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B116" t="s">
+        <v>332</v>
+      </c>
+      <c r="C116" t="s">
+        <v>11</v>
+      </c>
+      <c r="D116" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="E116" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="F116" t="s">
+        <v>48</v>
+      </c>
+      <c r="G116" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" ht="66">
+      <c r="A117" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B117" t="s">
+        <v>335</v>
+      </c>
+      <c r="C117" t="s">
+        <v>11</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="E117" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="F117" t="s">
+        <v>48</v>
+      </c>
+      <c r="G117" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" ht="92.4">
+      <c r="A119" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B119" t="s">
+        <v>338</v>
+      </c>
+      <c r="C119" t="s">
+        <v>11</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="E119" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="F119" t="s">
+        <v>48</v>
+      </c>
+      <c r="G119" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="52.8">
+      <c r="A122" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B122" t="s">
+        <v>341</v>
+      </c>
+      <c r="C122" t="s">
+        <v>11</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="E122" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="F122" t="s">
+        <v>48</v>
+      </c>
+      <c r="G122" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" ht="52.8">
+      <c r="A123" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B123" t="s">
+        <v>344</v>
+      </c>
+      <c r="C123" t="s">
+        <v>11</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="E123" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="F123" t="s">
+        <v>48</v>
+      </c>
+      <c r="G123" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="132">
+      <c r="A124" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B124" t="s">
+        <v>347</v>
+      </c>
+      <c r="C124" t="s">
+        <v>60</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="E124" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="F124" t="s">
+        <v>48</v>
+      </c>
+      <c r="G124" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" ht="26.4">
+      <c r="A127" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="B127" t="s">
+        <v>350</v>
+      </c>
+      <c r="C127" t="s">
+        <v>11</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="E127" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="F127" t="s">
+        <v>48</v>
+      </c>
+      <c r="G127" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" ht="26.4">
+      <c r="A128" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="B128" t="s">
+        <v>353</v>
+      </c>
+      <c r="C128" t="s">
+        <v>11</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="E128" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="F128" t="s">
+        <v>48</v>
+      </c>
+      <c r="G128" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" ht="39.6">
+      <c r="A129" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="B129" t="s">
+        <v>357</v>
+      </c>
+      <c r="C129" t="s">
+        <v>60</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>358</v>
+      </c>
+      <c r="E129" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="F129" t="s">
+        <v>48</v>
+      </c>
+      <c r="G129" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" ht="39.6">
+      <c r="A130" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B130" t="s">
+        <v>44</v>
+      </c>
+      <c r="C130" t="s">
+        <v>11</v>
+      </c>
+      <c r="D130" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E130" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="F130" t="s">
+        <v>48</v>
+      </c>
+      <c r="G130" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" ht="39.6">
+      <c r="A131" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B131" t="s">
+        <v>361</v>
+      </c>
+      <c r="C131" t="s">
+        <v>11</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="F131" t="s">
+        <v>48</v>
+      </c>
+      <c r="G131" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" ht="26.4">
+      <c r="A132" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B132" t="s">
+        <v>364</v>
+      </c>
+      <c r="C132" t="s">
+        <v>11</v>
+      </c>
+      <c r="D132" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="E132" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="F132" t="s">
+        <v>48</v>
+      </c>
+      <c r="G132" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" ht="52.8">
+      <c r="A133" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B133" t="s">
+        <v>367</v>
+      </c>
+      <c r="C133" t="s">
+        <v>11</v>
+      </c>
+      <c r="D133" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="E133" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="F133" t="s">
+        <v>48</v>
+      </c>
+      <c r="G133" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" ht="39.6">
+      <c r="A135" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B135" t="s">
+        <v>370</v>
+      </c>
+      <c r="C135" t="s">
+        <v>11</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E135" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F135" t="s">
+        <v>48</v>
+      </c>
+      <c r="G135" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" ht="26.4">
+      <c r="A136" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="B136" t="s">
+        <v>372</v>
+      </c>
+      <c r="C136" t="s">
+        <v>11</v>
+      </c>
+      <c r="D136" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="E136" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="F136" t="s">
+        <v>48</v>
+      </c>
+      <c r="G136" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" ht="66">
+      <c r="A137" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="B137" t="s">
+        <v>374</v>
+      </c>
+      <c r="C137" t="s">
+        <v>11</v>
+      </c>
+      <c r="D137" s="6" t="s">
+        <v>375</v>
+      </c>
+      <c r="E137" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="F137" t="s">
+        <v>48</v>
+      </c>
+      <c r="G137" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" ht="39.6">
+      <c r="A139" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="B139" t="s">
+        <v>377</v>
+      </c>
+      <c r="C139" t="s">
+        <v>11</v>
+      </c>
+      <c r="D139" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="E139" s="6" t="s">
+        <v>379</v>
+      </c>
+      <c r="F139" t="s">
+        <v>48</v>
+      </c>
+      <c r="G139" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" ht="39.6">
+      <c r="A140" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="B140" t="s">
+        <v>380</v>
+      </c>
+      <c r="C140" t="s">
+        <v>11</v>
+      </c>
+      <c r="D140" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="E140" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="F140" t="s">
+        <v>48</v>
+      </c>
+      <c r="G140" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" ht="26.4">
+      <c r="A141" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="B141" t="s">
+        <v>383</v>
+      </c>
+      <c r="C141" t="s">
+        <v>11</v>
+      </c>
+      <c r="D141" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="E141" s="6" t="s">
+        <v>385</v>
+      </c>
+      <c r="F141" t="s">
+        <v>48</v>
+      </c>
+      <c r="G141" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" ht="66">
+      <c r="A142" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="B142" t="s">
+        <v>386</v>
+      </c>
+      <c r="C142" t="s">
+        <v>11</v>
+      </c>
+      <c r="D142" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="E142" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="F142" t="s">
+        <v>48</v>
+      </c>
+      <c r="G142" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" ht="26.4">
+      <c r="A144" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="B144" t="s">
+        <v>389</v>
+      </c>
+      <c r="C144" t="s">
+        <v>11</v>
+      </c>
+      <c r="D144" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="E144" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="F144" t="s">
+        <v>48</v>
+      </c>
+      <c r="G144" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" ht="39.6">
+      <c r="A145" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="B145" t="s">
+        <v>392</v>
+      </c>
+      <c r="C145" t="s">
+        <v>11</v>
+      </c>
+      <c r="D145" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="E145" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="F145" t="s">
+        <v>48</v>
+      </c>
+      <c r="G145" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" ht="39.6">
+      <c r="A146" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="B146" t="s">
+        <v>394</v>
+      </c>
+      <c r="C146" t="s">
+        <v>11</v>
+      </c>
+      <c r="D146" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="E146" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="F146" t="s">
+        <v>48</v>
+      </c>
+      <c r="G146" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7">
+      <c r="A147" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="B147" t="s">
+        <v>396</v>
+      </c>
+      <c r="C147" t="s">
+        <v>11</v>
+      </c>
+      <c r="D147" s="6" t="s">
+        <v>397</v>
+      </c>
+      <c r="E147" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="F147" t="s">
+        <v>48</v>
+      </c>
+      <c r="G147" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" ht="39.6">
+      <c r="A148" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="B148" t="s">
+        <v>399</v>
+      </c>
+      <c r="C148" t="s">
+        <v>11</v>
+      </c>
+      <c r="D148" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E148" s="6" t="s">
+        <v>401</v>
+      </c>
+      <c r="F148" t="s">
+        <v>48</v>
+      </c>
+      <c r="G148" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" ht="26.4">
+      <c r="A149" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="B149" t="s">
+        <v>403</v>
+      </c>
+      <c r="C149" t="s">
+        <v>11</v>
+      </c>
+      <c r="D149" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="E149" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="F149" t="s">
+        <v>48</v>
+      </c>
+      <c r="G149" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" ht="26.4">
+      <c r="A150" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="B150" t="s">
+        <v>406</v>
+      </c>
+      <c r="C150" t="s">
+        <v>11</v>
+      </c>
+      <c r="D150" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="E150" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="F150" t="s">
+        <v>48</v>
+      </c>
+      <c r="G150" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" ht="26.4">
+      <c r="A151" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="B151" t="s">
+        <v>408</v>
+      </c>
+      <c r="C151" t="s">
+        <v>11</v>
+      </c>
+      <c r="D151" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="E151" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="F151" t="s">
+        <v>48</v>
+      </c>
+      <c r="G151" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" ht="26.4">
+      <c r="A152" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="B152" t="s">
+        <v>410</v>
+      </c>
+      <c r="C152" t="s">
+        <v>11</v>
+      </c>
+      <c r="D152" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="E152" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="F152" t="s">
+        <v>48</v>
+      </c>
+      <c r="G152" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" ht="26.4">
+      <c r="A153" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="B153" t="s">
+        <v>414</v>
+      </c>
+      <c r="C153" t="s">
+        <v>11</v>
+      </c>
+      <c r="D153" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="E153" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="F153" t="s">
+        <v>48</v>
+      </c>
+      <c r="G153" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" ht="26.4">
+      <c r="A154" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="B154" t="s">
+        <v>417</v>
+      </c>
+      <c r="C154" t="s">
+        <v>11</v>
+      </c>
+      <c r="D154" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="E154" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="F154" t="s">
+        <v>48</v>
+      </c>
+      <c r="G154" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" ht="26.4">
+      <c r="A155" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="B155" t="s">
+        <v>419</v>
+      </c>
+      <c r="C155" t="s">
+        <v>11</v>
+      </c>
+      <c r="D155" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="E155" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="F155" t="s">
+        <v>48</v>
+      </c>
+      <c r="G155" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" ht="26.4">
+      <c r="A156" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="B156" t="s">
+        <v>422</v>
+      </c>
+      <c r="C156" t="s">
+        <v>11</v>
+      </c>
+      <c r="D156" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="E156" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="F156" t="s">
+        <v>48</v>
+      </c>
+      <c r="G156" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" ht="26.4">
+      <c r="A157" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="B157" t="s">
+        <v>425</v>
+      </c>
+      <c r="C157" t="s">
+        <v>11</v>
+      </c>
+      <c r="D157" s="6" t="s">
+        <v>426</v>
+      </c>
+      <c r="E157" s="6" t="s">
+        <v>426</v>
+      </c>
+      <c r="F157" t="s">
+        <v>48</v>
+      </c>
+      <c r="G157" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" ht="26.4">
+      <c r="A158" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="B158" t="s">
+        <v>427</v>
+      </c>
+      <c r="C158" t="s">
+        <v>11</v>
+      </c>
+      <c r="D158" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="E158" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="F158" t="s">
+        <v>48</v>
+      </c>
+      <c r="G158" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" ht="26.4">
+      <c r="A159" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="B159" t="s">
+        <v>430</v>
+      </c>
+      <c r="C159" t="s">
+        <v>11</v>
+      </c>
+      <c r="D159" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="E159" s="6" t="s">
+        <v>432</v>
+      </c>
+      <c r="F159" t="s">
+        <v>48</v>
+      </c>
+      <c r="G159" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" ht="26.4">
+      <c r="A160" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="B160" t="s">
+        <v>433</v>
+      </c>
+      <c r="C160" t="s">
+        <v>11</v>
+      </c>
+      <c r="D160" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="E160" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="F160" t="s">
+        <v>48</v>
+      </c>
+      <c r="G160" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" ht="26.4">
+      <c r="A161" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="B161" t="s">
+        <v>435</v>
+      </c>
+      <c r="C161" t="s">
+        <v>11</v>
+      </c>
+      <c r="D161" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="E161" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="F161" t="s">
+        <v>48</v>
+      </c>
+      <c r="G161" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" ht="26.4">
+      <c r="A162" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="B162" t="s">
+        <v>438</v>
+      </c>
+      <c r="C162" t="s">
+        <v>11</v>
+      </c>
+      <c r="D162" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="E162" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="F162" t="s">
+        <v>48</v>
+      </c>
+      <c r="G162" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" ht="26.4">
+      <c r="A163" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="B163" t="s">
+        <v>441</v>
+      </c>
+      <c r="C163" t="s">
+        <v>11</v>
+      </c>
+      <c r="D163" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="E163" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="F163" t="s">
+        <v>48</v>
+      </c>
+      <c r="G163" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" ht="26.4">
+      <c r="A164" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="B164" t="s">
+        <v>443</v>
+      </c>
+      <c r="C164" t="s">
+        <v>11</v>
+      </c>
+      <c r="D164" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="E164" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="F164" t="s">
+        <v>48</v>
+      </c>
+      <c r="G164" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" ht="26.4">
+      <c r="A165" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="B165" t="s">
+        <v>446</v>
+      </c>
+      <c r="C165" t="s">
+        <v>11</v>
+      </c>
+      <c r="D165" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="E165" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="F165" t="s">
+        <v>48</v>
+      </c>
+      <c r="G165" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7">
+      <c r="A166" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B166" t="s">
+        <v>449</v>
+      </c>
+      <c r="C166" t="s">
+        <v>11</v>
+      </c>
+      <c r="D166" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="E166" s="6" t="s">
+        <v>451</v>
+      </c>
+      <c r="F166" t="s">
+        <v>48</v>
+      </c>
+      <c r="G166" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" ht="26.4">
+      <c r="A167" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B167" t="s">
+        <v>452</v>
+      </c>
+      <c r="C167" t="s">
+        <v>11</v>
+      </c>
+      <c r="D167" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="E167" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="F167" t="s">
+        <v>48</v>
+      </c>
+      <c r="G167" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" ht="26.4">
+      <c r="A168" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B168" t="s">
+        <v>454</v>
+      </c>
+      <c r="C168" t="s">
+        <v>11</v>
+      </c>
+      <c r="D168" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="E168" s="6" t="s">
+        <v>456</v>
+      </c>
+      <c r="F168" t="s">
+        <v>48</v>
+      </c>
+      <c r="G168" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" ht="66">
+      <c r="A169" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B169" t="s">
+        <v>457</v>
+      </c>
+      <c r="C169" t="s">
+        <v>11</v>
+      </c>
+      <c r="D169" s="6" t="s">
+        <v>458</v>
+      </c>
+      <c r="E169" s="6" t="s">
+        <v>458</v>
+      </c>
+      <c r="F169" t="s">
+        <v>48</v>
+      </c>
+      <c r="G169" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" ht="39.6">
+      <c r="A171" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="B171" t="s">
+        <v>460</v>
+      </c>
+      <c r="C171" t="s">
+        <v>11</v>
+      </c>
+      <c r="D171" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="E171" s="6" t="s">
+        <v>462</v>
+      </c>
+      <c r="F171" t="s">
+        <v>48</v>
+      </c>
+      <c r="G171" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" ht="26.4">
+      <c r="A172" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="B172" t="s">
+        <v>463</v>
+      </c>
+      <c r="C172" t="s">
+        <v>11</v>
+      </c>
+      <c r="D172" s="6" t="s">
+        <v>464</v>
+      </c>
+      <c r="E172" s="6" t="s">
+        <v>464</v>
+      </c>
+      <c r="F172" t="s">
+        <v>48</v>
+      </c>
+      <c r="G172" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" ht="39.6">
+      <c r="A173" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="B173" t="s">
+        <v>465</v>
+      </c>
+      <c r="C173" t="s">
+        <v>11</v>
+      </c>
+      <c r="D173" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="E173" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="F173" t="s">
+        <v>48</v>
+      </c>
+      <c r="G173" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" ht="26.4">
+      <c r="A174" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="B174" t="s">
+        <v>468</v>
+      </c>
+      <c r="C174" t="s">
+        <v>11</v>
+      </c>
+      <c r="D174" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="E174" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="F174" t="s">
+        <v>48</v>
+      </c>
+      <c r="G174" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7">
+      <c r="A175" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="B175" t="s">
+        <v>471</v>
+      </c>
+      <c r="C175" t="s">
+        <v>11</v>
+      </c>
+      <c r="D175" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="E175" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="F175" t="s">
+        <v>48</v>
+      </c>
+      <c r="G175" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" ht="26.4">
+      <c r="A176" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="B176" t="s">
+        <v>474</v>
+      </c>
+      <c r="C176" t="s">
+        <v>11</v>
+      </c>
+      <c r="D176" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="E176" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="F176" t="s">
+        <v>48</v>
+      </c>
+      <c r="G176" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" ht="145.19999999999999">
+      <c r="A177" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="B177" t="s">
+        <v>476</v>
+      </c>
+      <c r="C177" t="s">
+        <v>60</v>
+      </c>
+      <c r="D177" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="E177" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="F177" t="s">
+        <v>48</v>
+      </c>
+      <c r="G177" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" ht="132">
+      <c r="A180" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="B180" t="s">
+        <v>479</v>
+      </c>
+      <c r="C180" t="s">
+        <v>60</v>
+      </c>
+      <c r="D180" s="6" t="s">
+        <v>480</v>
+      </c>
+      <c r="E180" s="6" t="s">
+        <v>481</v>
+      </c>
+      <c r="F180" t="s">
+        <v>48</v>
+      </c>
+      <c r="G180" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" ht="39.6">
+      <c r="A183" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="B183" t="s">
+        <v>482</v>
+      </c>
+      <c r="C183" t="s">
+        <v>11</v>
+      </c>
+      <c r="D183" s="6" t="s">
+        <v>483</v>
+      </c>
+      <c r="E183" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="F183" t="s">
+        <v>48</v>
+      </c>
+      <c r="G183" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7">
+      <c r="A184" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="B184" t="s">
+        <v>486</v>
+      </c>
+      <c r="C184" t="s">
+        <v>11</v>
+      </c>
+      <c r="D184" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="E184" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="F184" t="s">
+        <v>48</v>
+      </c>
+      <c r="G184" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" ht="26.4">
+      <c r="A185" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="B185" t="s">
+        <v>488</v>
+      </c>
+      <c r="C185" t="s">
+        <v>11</v>
+      </c>
+      <c r="D185" s="6" t="s">
+        <v>489</v>
+      </c>
+      <c r="E185" s="6" t="s">
+        <v>489</v>
+      </c>
+      <c r="F185" t="s">
+        <v>48</v>
+      </c>
+      <c r="G185" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" ht="26.4">
+      <c r="A186" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B186" t="s">
+        <v>491</v>
+      </c>
+      <c r="C186" t="s">
+        <v>11</v>
+      </c>
+      <c r="D186" s="6" t="s">
+        <v>492</v>
+      </c>
+      <c r="E186" s="6" t="s">
+        <v>492</v>
+      </c>
+      <c r="F186" t="s">
+        <v>48</v>
+      </c>
+      <c r="G186" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" ht="39.6">
+      <c r="A187" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B187" t="s">
+        <v>493</v>
+      </c>
+      <c r="C187" t="s">
+        <v>11</v>
+      </c>
+      <c r="D187" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="E187" s="6" t="s">
+        <v>495</v>
+      </c>
+      <c r="F187" t="s">
+        <v>48</v>
+      </c>
+      <c r="G187" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" ht="39.6">
+      <c r="A188" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B188" t="s">
+        <v>496</v>
+      </c>
+      <c r="C188" t="s">
+        <v>11</v>
+      </c>
+      <c r="D188" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="E188" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="F188" t="s">
+        <v>48</v>
+      </c>
+      <c r="G188" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" ht="52.8">
+      <c r="A189" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B189" t="s">
+        <v>498</v>
+      </c>
+      <c r="C189" t="s">
+        <v>11</v>
+      </c>
+      <c r="D189" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="E189" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="F189" t="s">
+        <v>48</v>
+      </c>
+      <c r="G189" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" ht="39.6">
+      <c r="A191" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B191" t="s">
+        <v>500</v>
+      </c>
+      <c r="C191" t="s">
+        <v>11</v>
+      </c>
+      <c r="D191" s="6" t="s">
+        <v>501</v>
+      </c>
+      <c r="E191" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="F191" t="s">
+        <v>48</v>
+      </c>
+      <c r="G191" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7">
+      <c r="A192" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B192" t="s">
+        <v>503</v>
+      </c>
+      <c r="C192" t="s">
+        <v>11</v>
+      </c>
+      <c r="D192" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="E192" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="F192" t="s">
+        <v>48</v>
+      </c>
+      <c r="G192" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" ht="26.4">
+      <c r="A193" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="B193" t="s">
+        <v>506</v>
+      </c>
+      <c r="C193" t="s">
+        <v>11</v>
+      </c>
+      <c r="D193" s="6" t="s">
         <v>507</v>
       </c>
-      <c r="D6" s="6"/>
-[...3018 lines deleted...]
-        <v>506</v>
+      <c r="E193" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="F193" t="s">
+        <v>48</v>
+      </c>
+      <c r="G193" s="12">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="60">
-[...62 lines deleted...]
-  <drawing r:id="rId1"/>
+  <printOptions gridLines="1"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010062AA584270DE6043A37CBFDFBD606C7E" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a4ba8f7de7efb671ebc7e34d99db2fc9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9b639f00-c663-4db8-9f2d-5e59e4353b4b" xmlns:ns3="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f9d7d079ec0a11a57d7ddf5b613ed6db" ns2:_="" ns3:_="">
+    <xsd:import namespace="9b639f00-c663-4db8-9f2d-5e59e4353b4b"/>
+    <xsd:import namespace="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9b639f00-c663-4db8-9f2d-5e59e4353b4b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c3d99294-4495-451a-babc-f01b43cdf90f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{056d5c4a-69f5-4293-84ba-d3df6e850d51}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9b639f00-c663-4db8-9f2d-5e59e4353b4b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6ECBDE0-9309-4DFC-A4BE-36CB6581D0A2}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11868A6C-C6A2-4CBD-967C-2C919C19DDCF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96"/>
+    <ds:schemaRef ds:uri="9b639f00-c663-4db8-9f2d-5e59e4353b4b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85740EFA-A848-4426-8B27-FE48F010AE9D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Page2</vt:lpstr>
+      <vt:lpstr>Business Rules</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>IBM Incorporated</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Heitman, Lindsey</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Ward, Reagan</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010062AA584270DE6043A37CBFDFBD606C7E</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>