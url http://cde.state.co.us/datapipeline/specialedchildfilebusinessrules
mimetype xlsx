--- v0 (2025-10-12)
+++ v1 (2025-12-15)
@@ -1,100 +1,118 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
-  <workbookPr defaultThemeVersion="123820"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Data Pipeline Collections\Interchanges\Special Education IEP\2024-2025\Business Rules\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Data Pipeline Collections\Interchanges\Special Education IEP\2025-2026\Business Rules\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{81383E87-155B-4E29-9F07-9AD91F7DBF72}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B7FBF925-6A49-4CED-B491-990DCEE8CFA9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Page2" sheetId="1" r:id="rId1"/>
+    <sheet name="Business Rules" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <calcPr calcId="191028"/>
   <webPublishing codePage="1252"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="109">
   <si>
     <t>Colorado Department of Education</t>
   </si>
   <si>
     <t>Business Rules</t>
   </si>
   <si>
-    <t>School Year: 2024-25</t>
-[...7 lines deleted...]
-  <si>
     <t>Data Element Name</t>
   </si>
   <si>
-    <t>Error/Warning Code</t>
+    <t>Error/ Warning Code</t>
   </si>
   <si>
     <t>Error Type</t>
   </si>
   <si>
     <t>Message</t>
   </si>
   <si>
     <t>Rule Type Description</t>
   </si>
   <si>
+    <t>Status</t>
+  </si>
+  <si>
+    <t>Tier</t>
+  </si>
+  <si>
     <t>ADMIN_UNIT_CODE</t>
   </si>
   <si>
     <t>SE002</t>
   </si>
   <si>
     <t>Error</t>
   </si>
   <si>
     <t>Admin Unit/SOP Code must be a valid number Admin Unit/SOP Code</t>
   </si>
   <si>
     <t>SE357</t>
   </si>
   <si>
     <t>Organization/LEA code selected when uploading the file must equal the Admin Unit Code reported in the file.</t>
   </si>
   <si>
     <t>If the Key_LEA does not match the Admin Unit Code reported in the file for each record then an error is generated.</t>
   </si>
   <si>
     <t>BIRTH_DATE_STUDENT</t>
   </si>
   <si>
     <t>SE006</t>
@@ -129,99 +147,102 @@
   <si>
     <t>ETHNICITY_STUDENT</t>
   </si>
   <si>
     <t>SE024</t>
   </si>
   <si>
     <t>Ethnicity: Hispanic/Latino must be a valid code 0 or 1</t>
   </si>
   <si>
     <t>Ethnicity: Hispanic/Latino must be a valid code</t>
   </si>
   <si>
     <t>FIRST_NAME_STUDENT</t>
   </si>
   <si>
     <t>SE013</t>
   </si>
   <si>
     <t>First name is required</t>
   </si>
   <si>
     <t>SE014</t>
   </si>
   <si>
-    <t>First name valid characters are (a-z, A-Z, ' ', '-', '.', ''', '/')</t>
+    <t>First Name valid characters are (a-z, A-Z, 0-9, ' ', '-', '.', ''', '/').</t>
+  </si>
+  <si>
+    <t>First Name valid characters are (a-z, A-Z, 0-9, ' ', '-', '.', ''', '/')</t>
   </si>
   <si>
     <t>SE015</t>
   </si>
   <si>
     <t>First name may only contain one space between name parts</t>
   </si>
   <si>
     <t>GENDER_STUDENT</t>
   </si>
   <si>
     <t>SE005</t>
   </si>
   <si>
     <t>Gender must be a valid code or zero filled.</t>
   </si>
   <si>
     <t>Gender must be a valid Gender code or zero filled.</t>
   </si>
   <si>
     <t>LASID</t>
   </si>
   <si>
     <t>SE003</t>
   </si>
   <si>
     <t>LASID must contain only numbers</t>
   </si>
   <si>
     <t>LASID must contain only numbers, be 10 digits long and must be zero-filled if not used.</t>
   </si>
   <si>
     <t>SE004</t>
   </si>
   <si>
     <t>LASID is required and must be zero-filled if not used</t>
   </si>
   <si>
     <t>LASID must be zero-filled if not used.</t>
   </si>
   <si>
     <t>SE352</t>
   </si>
   <si>
-    <t>LASID must be unduplicated within the Administrative Unit.</t>
-[...2 lines deleted...]
-    <t>If LASID is not zero-filled it must be unique per record per AU per year.</t>
+    <t>LASID cannot be duplicated within the Administrative Unit when SASID is zero-filled.</t>
+  </si>
+  <si>
+    <t>If LASID is not zero-filled it must be unique in the AU IF SASID is zero-filled. The LASID may duplicate as long as the SASID is unique.</t>
   </si>
   <si>
     <t>LAST_NAME_STUDENT</t>
   </si>
   <si>
     <t>SE010</t>
   </si>
   <si>
     <t>Last name is required</t>
   </si>
   <si>
     <t>Last name is required.</t>
   </si>
   <si>
     <t>SE011</t>
   </si>
   <si>
     <t>Last name valid characters are (a-z, A-Z, ' ', '-', '.', ''', '/')</t>
   </si>
   <si>
     <t>SE012</t>
   </si>
   <si>
     <t>Last name may only contain one space between name parts</t>
   </si>
@@ -334,339 +355,308 @@
   <si>
     <t>If the SASID is not zero filled then there must be a match in RITS for all of the following SASID, first name, last name, gender, birthdate.</t>
   </si>
   <si>
     <t>SASID does not match student information in RITS - If the SASID is not zero filled then there must be a match in RITS for all of the following SASID, FIRST_NAME, LAST_NAME, GENDER, BIRTHDATE</t>
   </si>
   <si>
     <t>SE328</t>
   </si>
   <si>
     <t>A valid SASID or LASID is required. Both cannot be zero-filled.</t>
   </si>
   <si>
     <t>If SASID is zero-filled then LASID cannot be zero-filled and if LASID is zero-filled then SASID cannot be zero-filled</t>
   </si>
   <si>
     <t>STATE_PARENTS_RESIDENCE</t>
   </si>
   <si>
     <t>SE095</t>
   </si>
   <si>
     <t>State Code of Parent's Residence for Non-resident Students must be a valid state code and not CO.</t>
   </si>
   <si>
+    <t>Active</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Special Education IEP Interchange</t>
+  </si>
+  <si>
+    <t>File Type: Special Education Child</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">Last Updated: </t>
+      <t xml:space="preserve">Updated Date: </t>
     </r>
     <r>
       <rPr>
-        <sz val="10"/>
-[...1 lines deleted...]
-        <rFont val="Tahoma"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Trebuchet MS"/>
         <family val="2"/>
       </rPr>
-      <t>10/10/2024</t>
+      <t>10/20/2025</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7">
+  <fonts count="8">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
-      <family val="2"/>
-[...12 lines deleted...]
-      <name val="Andale WT"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Andale WT"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-[...1 lines deleted...]
-      <name val="Andale WT"/>
+      <b/>
+      <u/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Museo Slab 500"/>
+      <family val="3"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="3"/>
+      <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
-      <color theme="0"/>
-      <name val="Andale WT"/>
+      <color theme="1"/>
+      <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <name val="Tahoma"/>
+      <sz val="12"/>
+      <color rgb="FFC00000"/>
+      <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="1"/>
+        <fgColor theme="1" tint="0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...39 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+      <alignment horizontal="centerContinuous" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="left"/>
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:colOff>443865</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:rowOff>1905</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="476250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="cde_logo_fullColor-emblem.png">
+        <xdr:cNvPr id="2" name="cde_logo_fullColor-emblem.png" descr="CDE Logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
-            </a:ext>
-[...1 lines deleted...]
-              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="0"/>
+          <a:off x="443865" y="1905"/>
           <a:ext cx="952500" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="CDE Blue">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="232C67"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="90C8E7"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="7C98AC"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="5D6770"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="488BC9"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="3CC1CC"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="077682"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="D2D3D3"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="2C3384"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="EC6752"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
@@ -867,649 +857,1148 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E37"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" customHeight="1"/>
+  <sheetFormatPr defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="27.6640625" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="129.109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="27.21875" style="6" customWidth="1"/>
+    <col min="2" max="2" width="10.6640625" customWidth="1"/>
+    <col min="3" max="3" width="8.6640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="46.88671875" style="6" customWidth="1"/>
+    <col min="6" max="6" width="7.33203125" customWidth="1"/>
+    <col min="7" max="7" width="5.44140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="15" customFormat="1" ht="26.25" customHeight="1">
-      <c r="D1" s="5" t="s">
+    <row r="1" spans="1:7" ht="21.6">
+      <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="E1" s="6"/>
-[...8 lines deleted...]
-      <c r="D3" s="8" t="s">
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="2"/>
+    </row>
+    <row r="2" spans="1:7" s="8" customFormat="1" ht="18">
+      <c r="A2" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="7"/>
+      <c r="C2" s="7"/>
+      <c r="D2" s="7"/>
+      <c r="E2" s="7"/>
+      <c r="F2" s="7"/>
+      <c r="G2" s="7"/>
+    </row>
+    <row r="3" spans="1:7" s="11" customFormat="1" ht="16.2">
+      <c r="A3" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="B3" s="10"/>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="E3" s="10"/>
+      <c r="F3" s="10"/>
+      <c r="G3" s="10"/>
+    </row>
+    <row r="4" spans="1:7" s="11" customFormat="1" ht="16.2">
+      <c r="A4" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="B4" s="10"/>
+      <c r="C4" s="10"/>
+      <c r="D4" s="10"/>
+      <c r="E4" s="10"/>
+      <c r="F4" s="10"/>
+      <c r="G4" s="10"/>
+    </row>
+    <row r="5" spans="1:7" s="11" customFormat="1" ht="16.2">
+      <c r="A5" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="B5" s="10"/>
+      <c r="C5" s="10"/>
+      <c r="D5" s="10"/>
+      <c r="E5" s="10"/>
+      <c r="F5" s="10"/>
+      <c r="G5" s="10"/>
+    </row>
+    <row r="6" spans="1:7" s="11" customFormat="1" ht="16.2">
+      <c r="A6" s="11" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="43.2">
+      <c r="A7" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="6"/>
-[...2 lines deleted...]
-      <c r="D4" s="8" t="s">
+      <c r="B7" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E4" s="6"/>
-[...2 lines deleted...]
-      <c r="D5" s="8" t="s">
+      <c r="C7" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="6"/>
-[...9 lines deleted...]
-      <c r="A7" s="13" t="s">
+      <c r="D7" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="14" t="s">
+      <c r="E7" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="C7" s="14" t="s">
+      <c r="F7" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="D7" s="13" t="s">
+      <c r="G7" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="E7" s="13" t="s">
+    </row>
+    <row r="8" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A8" s="12" t="s">
         <v>9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="1" t="s">
+      <c r="B8" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="2" t="s">
+      <c r="C8" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" s="12" t="s">
         <v>12</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="E8" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G8" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="13" customFormat="1" ht="43.2">
+      <c r="A9" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="E8" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B9" s="3" t="s">
+      <c r="C9" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="C9" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D9" s="3" t="s">
+      <c r="E9" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="E9" s="3" t="s">
+      <c r="F9" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G9" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A10" s="12" t="s">
         <v>16</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="3" t="s">
+      <c r="B10" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B10" s="3" t="s">
+      <c r="C10" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="C10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="3" t="s">
+      <c r="E10" s="12" t="s">
         <v>19</v>
       </c>
-      <c r="E10" s="3" t="s">
+      <c r="F10" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G10" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A11" s="12" t="s">
         <v>20</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="3" t="s">
+      <c r="B11" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="C11" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="C11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="3" t="s">
+      <c r="E11" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="E11" s="3" t="s">
+      <c r="F11" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G11" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A12" s="12" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="3" t="s">
+      <c r="B12" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="B12" s="3" t="s">
+      <c r="C12" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" s="12" t="s">
         <v>26</v>
       </c>
-      <c r="C12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="3" t="s">
+      <c r="E12" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="F12" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G12" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A13" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="E12" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A13" s="3" t="s">
+      <c r="B13" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" s="12" t="s">
         <v>29</v>
       </c>
-      <c r="C13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D13" s="3" t="s">
+      <c r="E13" s="12" t="s">
         <v>30</v>
       </c>
-      <c r="E13" s="3" t="s">
+      <c r="F13" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G13" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="13" customFormat="1" ht="14.4">
+      <c r="A14" s="12" t="s">
         <v>31</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="3" t="s">
+      <c r="B14" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="C14" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" s="12" t="s">
         <v>33</v>
       </c>
-      <c r="C14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D14" s="3" t="s">
+      <c r="E14" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G14" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A15" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="E14" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" s="12" t="s">
         <v>35</v>
       </c>
-      <c r="C15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="3" t="s">
+      <c r="E15" s="12" t="s">
         <v>36</v>
       </c>
-      <c r="E15" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B16" s="3" t="s">
+      <c r="F15" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G15" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A16" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B16" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="C16" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D16" s="3" t="s">
+      <c r="C16" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" s="12" t="s">
         <v>38</v>
       </c>
-      <c r="E16" s="3" t="s">
+      <c r="E16" s="12" t="s">
         <v>38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="3" t="s">
+      <c r="F16" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G16" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="13" customFormat="1" ht="14.4">
+      <c r="A17" s="12" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="3" t="s">
+      <c r="B17" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="C17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="3" t="s">
+      <c r="C17" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" s="12" t="s">
         <v>41</v>
       </c>
-      <c r="E17" s="3" t="s">
+      <c r="E17" s="12" t="s">
         <v>42</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="3" t="s">
+      <c r="F17" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G17" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A18" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="B18" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="C18" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="3" t="s">
+      <c r="C18" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="12" t="s">
         <v>45</v>
       </c>
-      <c r="E18" s="3" t="s">
+      <c r="E18" s="12" t="s">
         <v>46</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" s="3" t="s">
+      <c r="F18" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G18" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="13" customFormat="1" ht="14.4">
+      <c r="A19" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="B19" s="13" t="s">
         <v>47</v>
       </c>
-      <c r="C19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D19" s="3" t="s">
+      <c r="C19" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" s="12" t="s">
         <v>48</v>
       </c>
-      <c r="E19" s="3" t="s">
+      <c r="E19" s="12" t="s">
         <v>49</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="3" t="s">
+      <c r="F19" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G19" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="13" customFormat="1" ht="43.2">
+      <c r="A20" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="B20" s="13" t="s">
         <v>50</v>
       </c>
-      <c r="C20" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D20" s="3" t="s">
+      <c r="C20" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" s="12" t="s">
         <v>51</v>
       </c>
-      <c r="E20" s="3" t="s">
+      <c r="E20" s="12" t="s">
         <v>52</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="3" t="s">
+      <c r="F20" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G20" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="13" customFormat="1" ht="14.4">
+      <c r="A21" s="12" t="s">
         <v>53</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="B21" s="13" t="s">
         <v>54</v>
       </c>
-      <c r="C21" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="3" t="s">
+      <c r="C21" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" s="12" t="s">
         <v>55</v>
       </c>
-      <c r="E21" s="3" t="s">
+      <c r="E21" s="12" t="s">
         <v>56</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" s="3" t="s">
+      <c r="F21" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G21" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A22" s="12" t="s">
         <v>53</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="B22" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="C22" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="3" t="s">
+      <c r="C22" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" s="12" t="s">
         <v>58</v>
       </c>
-      <c r="E22" s="3" t="s">
+      <c r="E22" s="12" t="s">
         <v>58</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="3" t="s">
+      <c r="F22" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G22" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A23" s="12" t="s">
         <v>53</v>
       </c>
-      <c r="B23" s="3" t="s">
+      <c r="B23" s="13" t="s">
         <v>59</v>
       </c>
-      <c r="C23" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D23" s="3" t="s">
+      <c r="C23" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" s="12" t="s">
         <v>60</v>
       </c>
-      <c r="E23" s="3" t="s">
+      <c r="E23" s="12" t="s">
         <v>60</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="3" t="s">
+      <c r="F23" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G23" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A24" s="12" t="s">
         <v>61</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="B24" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="C24" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="3" t="s">
+      <c r="C24" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="E24" s="3" t="s">
+      <c r="E24" s="12" t="s">
         <v>63</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="3" t="s">
+      <c r="F24" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G24" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A25" s="12" t="s">
         <v>61</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="B25" s="13" t="s">
         <v>64</v>
       </c>
-      <c r="C25" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D25" s="3" t="s">
+      <c r="C25" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" s="12" t="s">
         <v>65</v>
       </c>
-      <c r="E25" s="3" t="s">
+      <c r="E25" s="12" t="s">
         <v>65</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A26" s="3" t="s">
+      <c r="F25" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G25" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A26" s="12" t="s">
         <v>61</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="B26" s="13" t="s">
         <v>66</v>
       </c>
-      <c r="C26" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D26" s="3" t="s">
+      <c r="C26" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" s="12" t="s">
         <v>67</v>
       </c>
-      <c r="E26" s="3" t="s">
+      <c r="E26" s="12" t="s">
         <v>67</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A27" s="3" t="s">
+      <c r="F26" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G26" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A27" s="12" t="s">
         <v>68</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="B27" s="13" t="s">
         <v>69</v>
       </c>
-      <c r="C27" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="3" t="s">
+      <c r="C27" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" s="12" t="s">
         <v>70</v>
       </c>
-      <c r="E27" s="3" t="s">
+      <c r="E27" s="12" t="s">
         <v>71</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A28" s="3" t="s">
+      <c r="F27" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G27" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A28" s="12" t="s">
         <v>72</v>
       </c>
-      <c r="B28" s="3" t="s">
+      <c r="B28" s="13" t="s">
         <v>73</v>
       </c>
-      <c r="C28" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D28" s="3" t="s">
+      <c r="C28" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" s="12" t="s">
         <v>74</v>
       </c>
-      <c r="E28" s="3" t="s">
+      <c r="E28" s="12" t="s">
         <v>75</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A29" s="3" t="s">
+      <c r="F28" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G28" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A29" s="12" t="s">
         <v>76</v>
       </c>
-      <c r="B29" s="3" t="s">
+      <c r="B29" s="13" t="s">
         <v>77</v>
       </c>
-      <c r="C29" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D29" s="3" t="s">
+      <c r="C29" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" s="12" t="s">
         <v>78</v>
       </c>
-      <c r="E29" s="3" t="s">
+      <c r="E29" s="12" t="s">
         <v>79</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A30" s="3" t="s">
+      <c r="F29" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G29" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A30" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="B30" s="13" t="s">
         <v>81</v>
       </c>
-      <c r="C30" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D30" s="3" t="s">
+      <c r="C30" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" s="12" t="s">
         <v>82</v>
       </c>
-      <c r="E30" s="3" t="s">
+      <c r="E30" s="12" t="s">
         <v>83</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="3" t="s">
+      <c r="F30" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G30" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="13" customFormat="1" ht="28.8">
+      <c r="A31" s="12" t="s">
         <v>84</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="B31" s="13" t="s">
         <v>85</v>
       </c>
-      <c r="C31" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D31" s="3" t="s">
+      <c r="C31" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" s="12" t="s">
         <v>86</v>
       </c>
-      <c r="E31" s="3" t="s">
+      <c r="E31" s="12" t="s">
         <v>87</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A32" s="3" t="s">
+      <c r="F31" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G31" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="13" customFormat="1" ht="43.2">
+      <c r="A32" s="12" t="s">
         <v>88</v>
       </c>
-      <c r="B32" s="3" t="s">
+      <c r="B32" s="13" t="s">
         <v>89</v>
       </c>
-      <c r="C32" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D32" s="3" t="s">
+      <c r="C32" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" s="12" t="s">
         <v>90</v>
       </c>
-      <c r="E32" s="3" t="s">
+      <c r="E32" s="12" t="s">
         <v>91</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="3" t="s">
+      <c r="F32" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G32" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="39.6">
+      <c r="A33" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="B33" t="s">
         <v>92</v>
       </c>
-      <c r="C33" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D33" s="3" t="s">
+      <c r="C33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="E33" s="3" t="s">
+      <c r="E33" s="6" t="s">
         <v>94</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" s="9" t="s">
+      <c r="F33" t="s">
+        <v>104</v>
+      </c>
+      <c r="G33" s="15">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="52.8">
+      <c r="A34" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="B34" s="9" t="s">
+      <c r="B34" t="s">
         <v>95</v>
       </c>
-      <c r="C34" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D34" s="9" t="s">
+      <c r="C34" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="E34" s="12" t="s">
+      <c r="E34" s="6" t="s">
         <v>97</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="A36" s="3" t="s">
+      <c r="F34" t="s">
+        <v>104</v>
+      </c>
+      <c r="G34" s="15">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="39.6">
+      <c r="A36" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="B36" s="3" t="s">
+      <c r="B36" t="s">
         <v>98</v>
       </c>
-      <c r="C36" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D36" s="3" t="s">
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="E36" s="3" t="s">
+      <c r="E36" s="6" t="s">
         <v>100</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A37" s="3" t="s">
+      <c r="F36" t="s">
+        <v>104</v>
+      </c>
+      <c r="G36" s="15">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="26.4">
+      <c r="A37" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="B37" s="3" t="s">
+      <c r="B37" t="s">
         <v>102</v>
       </c>
-      <c r="C37" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D37" s="3" t="s">
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="E37" s="3" t="s">
+      <c r="E37" s="6" t="s">
         <v>103</v>
       </c>
+      <c r="F37" t="s">
+        <v>104</v>
+      </c>
+      <c r="G37" s="15">
+        <v>1</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="5">
-[...7 lines deleted...]
-  <drawing r:id="rId1"/>
+  <printOptions gridLines="1"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010062AA584270DE6043A37CBFDFBD606C7E" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a4ba8f7de7efb671ebc7e34d99db2fc9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9b639f00-c663-4db8-9f2d-5e59e4353b4b" xmlns:ns3="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f9d7d079ec0a11a57d7ddf5b613ed6db" ns2:_="" ns3:_="">
+    <xsd:import namespace="9b639f00-c663-4db8-9f2d-5e59e4353b4b"/>
+    <xsd:import namespace="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9b639f00-c663-4db8-9f2d-5e59e4353b4b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c3d99294-4495-451a-babc-f01b43cdf90f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{056d5c4a-69f5-4293-84ba-d3df6e850d51}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9b639f00-c663-4db8-9f2d-5e59e4353b4b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692834E2-3AA0-43A3-9B09-BC8429003EDA}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11868A6C-C6A2-4CBD-967C-2C919C19DDCF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96"/>
+    <ds:schemaRef ds:uri="9b639f00-c663-4db8-9f2d-5e59e4353b4b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85740EFA-A848-4426-8B27-FE48F010AE9D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Page2</vt:lpstr>
+      <vt:lpstr>Business Rules</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>IBM Incorporated</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Heitman, Lindsey</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Ward, Reagan</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010062AA584270DE6043A37CBFDFBD606C7E</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>