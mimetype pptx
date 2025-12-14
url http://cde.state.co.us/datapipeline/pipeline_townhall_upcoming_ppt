--- v0 (2025-10-12)
+++ v1 (2025-12-14)
@@ -1,34592 +1,4041 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...41 lines deleted...]
-  <Override PartName="/ppt/slides/slide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...13 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
-  <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/ppt/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483676" r:id="rId4"/>
+    <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId49"/>
+    <p:notesMasterId r:id="rId6"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId5"/>
-[...42 lines deleted...]
-    <p:sldId id="5425" r:id="rId48"/>
+    <p:sldId id="271" r:id="rId5"/>
   </p:sldIdLst>
-  <p:sldSz cx="12192000" cy="6858000"/>
+  <p:sldSz cx="9144000" cy="5143500" type="screen16x9"/>
   <p:notesSz cx="6858000" cy="9144000"/>
+  <p:embeddedFontLst>
+    <p:embeddedFont>
+      <p:font typeface="Museo Slab 500" panose="02000000000000000000" pitchFamily="50" charset="0"/>
+      <p:regular r:id="rId7"/>
+      <p:italic r:id="rId8"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId9"/>
+      <p:bold r:id="rId10"/>
+      <p:italic r:id="rId11"/>
+      <p:boldItalic r:id="rId12"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Trebuchet MS" panose="020B0603020202020204" pitchFamily="34" charset="0"/>
+      <p:regular r:id="rId13"/>
+      <p:bold r:id="rId14"/>
+      <p:italic r:id="rId15"/>
+      <p:boldItalic r:id="rId16"/>
+    </p:embeddedFont>
+  </p:embeddedFontLst>
   <p:defaultTextStyle>
-    <a:defPPr>
-      <a:defRPr lang="en-US"/>
+    <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
     </a:defPPr>
-    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1620">
+          <p15:clr>
+            <a:srgbClr val="747775"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2880">
+          <p15:clr>
+            <a:srgbClr val="747775"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+    <p:ext uri="GoogleSlidesCustomDataVersion2">
+      <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" r:id="rId45" roundtripDataSignature="AMtx7milG3FEVXcC7RlEFZX6qYD3+//pKw=="/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
-<file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:clrMru>
-[...10 lines deleted...]
-  </p:clrMru>
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
-<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
-[...2142 lines deleted...]
-</a:tblStyleLst>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="97" d="100"/>
-          <a:sy n="97" d="100"/>
+          <a:sx n="133" d="100"/>
+          <a:sy n="133" d="100"/>
         </p:scale>
-        <p:origin x="84" y="174"/>
+        <p:origin x="906" y="126"/>
       </p:cViewPr>
-      <p:guideLst/>
+      <p:guideLst>
+        <p:guide orient="horz" pos="1620"/>
+        <p:guide pos="2880"/>
+      </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId55" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId56" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId54" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId50" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId45" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Slutzky, Collin" userId="S::slutzky_c@cde.state.co.us::21f7fb5c-490d-42a4-8741-4ce78a53b03a" providerId="AD" clId="Web-{2DF7646B-E0C9-7C71-D8A4-E319200C5D3B}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Slutzky, Collin" userId="S::slutzky_c@cde.state.co.us::21f7fb5c-490d-42a4-8741-4ce78a53b03a" providerId="AD" clId="Web-{2DF7646B-E0C9-7C71-D8A4-E319200C5D3B}" dt="2025-10-08T22:45:21.369" v="100"/>
+    <pc:chgData name="Ward, Reagan" userId="27291eb4-8241-4961-9e69-8c66e34cc5b0" providerId="ADAL" clId="{E4BD8C9E-3BA6-4E04-BAF1-0BDD0B9DE234}"/>
+    <pc:docChg chg="custSel addSld delSld modSld modMainMaster">
+      <pc:chgData name="Ward, Reagan" userId="27291eb4-8241-4961-9e69-8c66e34cc5b0" providerId="ADAL" clId="{E4BD8C9E-3BA6-4E04-BAF1-0BDD0B9DE234}" dt="2025-12-05T16:25:35.282" v="819" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp mod modShow">
-        <pc:chgData name="Slutzky, Collin" userId="S::slutzky_c@cde.state.co.us::21f7fb5c-490d-42a4-8741-4ce78a53b03a" providerId="AD" clId="Web-{2DF7646B-E0C9-7C71-D8A4-E319200C5D3B}" dt="2025-10-08T22:45:21.369" v="100"/>
+      <pc:sldChg chg="addSp delSp modSp mod chgLayout">
+        <pc:chgData name="Ward, Reagan" userId="27291eb4-8241-4961-9e69-8c66e34cc5b0" providerId="ADAL" clId="{E4BD8C9E-3BA6-4E04-BAF1-0BDD0B9DE234}" dt="2025-12-05T16:25:35.282" v="819" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="2589789283" sldId="6105"/>
+          <pc:sldMk cId="3419602119" sldId="271"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="modGraphic">
-[...29 lines deleted...]
-          <ac:chgData name="Slutzky, Collin" userId="S::slutzky_c@cde.state.co.us::21f7fb5c-490d-42a4-8741-4ce78a53b03a" providerId="AD" clId="Web-{2DF7646B-E0C9-7C71-D8A4-E319200C5D3B}" dt="2025-10-08T22:43:50.025" v="94" actId="20577"/>
+        <pc:spChg chg="mod ord">
+          <ac:chgData name="Ward, Reagan" userId="27291eb4-8241-4961-9e69-8c66e34cc5b0" providerId="ADAL" clId="{E4BD8C9E-3BA6-4E04-BAF1-0BDD0B9DE234}" dt="2025-12-05T16:25:35.282" v="819" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="2700458541" sldId="6123"/>
-[...2698 lines deleted...]
-            <ac:spMk id="6" creationId="{21A385A3-DE06-1156-6D80-A88849616AED}"/>
+            <pc:sldMk cId="3419602119" sldId="271"/>
+            <ac:spMk id="4" creationId="{464217A5-BA68-23C9-BD37-1310E383BFDA}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
-</file>
-[...2158 lines deleted...]
-</c:userShapes>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Header Placeholder 1"/>
-[...65 lines deleted...]
-          <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
+          <p:cNvPr id="3" name="Google Shape;3;n"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="685800" y="1143000"/>
-            <a:ext cx="5486400" cy="3086100"/>
+            <a:off x="381300" y="685800"/>
+            <a:ext cx="6096075" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Google Shape;4;n"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="12700">
-[...2 lines deleted...]
-            </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
-[...85 lines deleted...]
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200"/>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-298450" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="●"/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-298450" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="○"/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-298450" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="■"/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-298450" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="●"/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-298450" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="○"/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-298450" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="■"/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-298450" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="●"/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-298450" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="○"/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-298450" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="■"/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
-[...34 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
-    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+    </a:defPPr>
+    <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="000000"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-        <a:cs typeface="+mn-cs"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...9 lines deleted...]
-  <p:cSld>
+<file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Cover Slide - Orange" preserve="1" userDrawn="1">
+  <p:cSld name="Agenda_Orange">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 19"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="20" name="Google Shape;20;p31"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr/>
-[...11 lines deleted...]
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="4311400"/>
+            <a:ext cx="9144000" cy="839400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EF7521"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...11 lines deleted...]
-              <a:buFontTx/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:tabLst/>
-              <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...4 lines deleted...]
-            </a:r>
+            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="21" name="Google Shape;21;p31" descr="&quot;&quot;"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1125" y="0"/>
+            <a:ext cx="9144000" cy="3477208"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EF7521"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="22" name="Google Shape;22;p31" descr="CDE logo"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7530231" y="145347"/>
+            <a:ext cx="1456100" cy="919150"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Google Shape;23;p31"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="205525" y="4884550"/>
+            <a:ext cx="7256400" cy="178500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+              <a:sym typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Google Shape;25;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="205525" y="1194318"/>
+            <a:ext cx="7103456" cy="1828799"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="lt1"/>
+              </a:buClr>
+              <a:buSzPts val="2200"/>
+              <a:buFont typeface="Roboto"/>
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Museo Slab 500" panose="02000000000000000000" pitchFamily="50" charset="0"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Museo Slab 500" panose="02000000000000000000" pitchFamily="50" charset="0"/>
+                <a:sym typeface="Roboto"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Roboto"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Roboto"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Roboto"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Roboto"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Roboto"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Roboto"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Roboto"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Roboto"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Roboto"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Roboto"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Roboto"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Roboto"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Roboto"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Roboto"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Roboto"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Roboto"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:fld id="{D8C3E97E-4890-4915-A7C2-F3D207C521C5}" type="slidenum">
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Google Shape;28;p31"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8556784" y="4749851"/>
+            <a:ext cx="548700" cy="393600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1300" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1300" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1300" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1300" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1300" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1300" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1300" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1300" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1300" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Google Shape;387;g2eb57fa4619_0_9" descr="&quot;&quot;">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BD52404-CFAB-FC98-99E4-41913D9C5DEA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="4320695"/>
+            <a:ext cx="9144003" cy="830461"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2906239913"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="108932347"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:notes>
+</p:sldLayout>
 </file>
 
-<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld>
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="simple-light-2">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
-[...582 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="6" name="Google Shape;6;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="443565" y="205176"/>
-[...57 lines deleted...]
-            <a:ext cx="1143055" cy="486318"/>
+            <a:off x="311700" y="445025"/>
+            <a:ext cx="8520600" cy="572700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...21 lines deleted...]
-          </a:xfrm>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-[...6 lines deleted...]
-                </a:solidFill>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{C479D5F6-EDCB-402A-AC08-4943A1820E8F}" type="slidenum">
-[...4 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Content Placeholder 4">
-[...4748 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="7" name="Google Shape;7;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="10515600" cy="4351338"/>
+            <a:off x="311700" y="1152475"/>
+            <a:ext cx="8520600" cy="3416400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="●"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-317500" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="○"/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-317500" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="■"/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-317500" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="●"/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-317500" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="○"/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-317500" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="■"/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-317500" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="●"/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-317500" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="○"/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-317500" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="■"/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...31 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="8" name="Google Shape;8;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="2"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="6356350"/>
-            <a:ext cx="2743200" cy="365125"/>
+            <a:off x="8472458" y="4663217"/>
+            <a:ext cx="548700" cy="393600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-[...6 lines deleted...]
-                <a:latin typeface="Trebuchet MS" panose="020B0603020202020204" pitchFamily="34" charset="0"/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
-[...77 lines deleted...]
-              <a:pPr/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483677" r:id="rId1"/>
-[...14 lines deleted...]
-    <p:sldLayoutId id="2147483710" r:id="rId16"/>
+    <p:sldLayoutId id="2147483689" r:id="rId1"/>
   </p:sldLayoutIdLst>
-  <p:hf hdr="0" ftr="0" dt="0"/>
+  <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buNone/>
-        <a:defRPr sz="4400" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+      </a:defPPr>
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Museo Slab 500" panose="02000000000000000000" pitchFamily="50" charset="0"/>
+          <a:ea typeface="Museo Slab 500" panose="02000000000000000000" pitchFamily="50" charset="0"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+      </a:defPPr>
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Trebuchet MS" panose="020B0603020202020204" pitchFamily="34" charset="0"/>
-          <a:ea typeface="+mj-ea"/>
-          <a:cs typeface="+mj-cs"/>
+          <a:ea typeface="Trebuchet MS" panose="020B0603020202020204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-    </p:titleStyle>
-[...1 lines deleted...]
-      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="1000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Trebuchet MS" panose="020B0603020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
-      </a:lvl1pPr>
-      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      </a:lvl2pPr>
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2400" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Trebuchet MS" panose="020B0603020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
-      </a:lvl2pPr>
-      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      </a:lvl3pPr>
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Trebuchet MS" panose="020B0603020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
-      </a:lvl3pPr>
-      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      </a:lvl4pPr>
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Trebuchet MS" panose="020B0603020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
-      </a:lvl4pPr>
-      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      </a:lvl5pPr>
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Trebuchet MS" panose="020B0603020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
-      </a:lvl5pPr>
-      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      </a:lvl6pPr>
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
-      </a:lvl6pPr>
-      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      </a:lvl7pPr>
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
-      </a:lvl7pPr>
-      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      </a:lvl8pPr>
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...19 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
-      <a:defPPr>
-        <a:defRPr lang="en-US"/>
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
       </a:defPPr>
-      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
-</file>
-[...170 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cde.state.co.us/datapipeline/per-schoolreadiness" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cde.state.co.us/datapipeline/per_inst-hours-days" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cde.state.co.us/datapipeline/resources" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cde.state.co.us/datapipeline/non-public_schools" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-[...75 lines deleted...]
-          <p:cNvPr id="5" name="Slide Number Placeholder 4">
+          <p:cNvPr id="4" name="Title 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2C77A24-810C-CCFF-6849-9CB9A1B763A4}"/>
-[...478 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84785A9B-674F-0293-3AD2-1164EC603CCC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{464217A5-BA68-23C9-BD37-1310E383BFDA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="155448" y="237745"/>
-[...1478 lines deleted...]
-            <a:ext cx="6867522" cy="898524"/>
+            <a:off x="205525" y="1194318"/>
+            <a:ext cx="7103456" cy="1828799"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Related Business Rules</a:t>
+              <a:t>Upcoming Data Pipeline Town Hall</a:t>
             </a:r>
-          </a:p>
-[...760 lines deleted...]
-          <a:p>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Student Interchange</a:t>
-[...1080 lines deleted...]
-              <a:t> </a:t>
+              <a:t>December 18, 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="533185009"/>
-[...16119 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="500438566"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3419602119"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Simple Light">
   <a:themeElements>
-    <a:clrScheme name="Custom 3">
+    <a:clrScheme name="Simple Light">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="5D6770"/>
+        <a:srgbClr val="595959"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="90C8E7"/>
+        <a:srgbClr val="EEEEEE"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="232C67"/>
+        <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="235E39"/>
+        <a:srgbClr val="212121"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="26B351"/>
+        <a:srgbClr val="78909C"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="825474"/>
+        <a:srgbClr val="FFAB40"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="7C98AC"/>
+        <a:srgbClr val="0097A7"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="D2D3D3"/>
+        <a:srgbClr val="EEFF41"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0040CE"/>
+        <a:srgbClr val="0097A7"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="F8B333"/>
-[...200 lines deleted...]
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="0097A7"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <a:themeElements>
+    <a:clrScheme name="Default">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="158158"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="F3F3F3"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="058DC7"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="50B432"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="ED561B"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="EDEF00"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="24CBE5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="64E572"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="2200CC"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="551A8B"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010062AA584270DE6043A37CBFDFBD606C7E" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="04e0e67d344c4863ac857e12717dea98">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9b639f00-c663-4db8-9f2d-5e59e4353b4b" xmlns:ns3="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f73edbd8764ce48cae9868fb925b2339" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010062AA584270DE6043A37CBFDFBD606C7E" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0e53e0adef43072843691097471b8073">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9b639f00-c663-4db8-9f2d-5e59e4353b4b" xmlns:ns3="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="08f60266601f17aec7bed61d3da8d848" ns2:_="" ns3:_="">
     <xsd:import namespace="9b639f00-c663-4db8-9f2d-5e59e4353b4b"/>
     <xsd:import namespace="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -34769,207 +4218,152 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="9b639f00-c663-4db8-9f2d-5e59e4353b4b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D81C2216-188D-4A73-8428-32AE0AD18878}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1C9AC83-A244-4C73-9B74-EBB8100F5EE9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="9b639f00-c663-4db8-9f2d-5e59e4353b4b"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFFB8263-E116-4610-9B9F-0E82FA1493E2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CD938B4-0B47-4105-935A-63BE5D729131}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9b639f00-c663-4db8-9f2d-5e59e4353b4b"/>
     <ds:schemaRef ds:uri="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{215871AF-E4E2-4474-BBBF-C4CA544DC804}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="1d7a6999-9f23-40c1-89fd-c28d1c6d889e"/>
+    <ds:schemaRef ds:uri="49a81e36-7bf1-4cef-9c34-a447d2fae1de"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96"/>
+    <ds:schemaRef ds:uri="9b639f00-c663-4db8-9f2d-5e59e4353b4b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template/>
   <TotalTime></TotalTime>
-  <Words>4309</Words>
+  <Words>10</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Widescreen</PresentationFormat>
-[...2 lines deleted...]
-  <Notes>3</Notes>
+  <PresentationFormat>On-screen Show (16:9)</PresentationFormat>
+  <Paragraphs>1</Paragraphs>
+  <Slides>1</Slides>
+  <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>44</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="50" baseType="lpstr">
+    <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>Museo Slab 500</vt:lpstr>
+      <vt:lpstr>Roboto</vt:lpstr>
+      <vt:lpstr>Trebuchet MS</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Calibri</vt:lpstr>
-[...47 lines deleted...]
-      <vt:lpstr>Thank you for joining us today!</vt:lpstr>
+      <vt:lpstr>Simple Light</vt:lpstr>
+      <vt:lpstr>Upcoming Data Pipeline Town Hall December 18, 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Colorado Department Of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>PowerPoint Presentation</dc:title>
-  <dc:creator>Madorin, Acacia</dc:creator>
+  <dc:creator>Dailey, Bridgett</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010062AA584270DE6043A37CBFDFBD606C7E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>